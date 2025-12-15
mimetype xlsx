--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Botkyrka k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <si>
-    <t>Giltiga ramavtal för Botkyrka kommun 2025-10-14</t>
+    <t>Giltiga ramavtal för Botkyrka kommun 2025-12-15</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -88,51 +88,51 @@
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-2771-21:001</t>
   </si>
   <si>
     <t>Datacenter</t>
   </si>