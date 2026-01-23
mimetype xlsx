--- v1 (2025-12-15)
+++ v2 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Botkyrka k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <si>
-    <t>Giltiga ramavtal för Botkyrka kommun 2025-12-15</t>
+    <t>Giltiga ramavtal för Botkyrka kommun 2026-01-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>