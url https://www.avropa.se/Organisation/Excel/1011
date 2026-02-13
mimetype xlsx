--- v2 (2026-01-23)
+++ v3 (2026-02-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Botkyrka k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <si>
-    <t>Giltiga ramavtal för Botkyrka kommun 2026-01-23</t>
+    <t>Giltiga ramavtal för Botkyrka kommun 2026-02-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -244,105 +244,105 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1371,294 +1371,294 @@
       </c>
       <c r="E34" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G45" s="0" t="s">
@@ -1683,60 +1683,60 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G48" s="0" t="s">