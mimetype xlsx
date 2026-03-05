--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Botkyrka k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <si>
-    <t>Giltiga ramavtal för Botkyrka kommun 2026-02-13</t>
+    <t>Giltiga ramavtal för Botkyrka kommun 2026-03-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>