--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Svenska" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="301">
   <si>
-    <t>Giltiga ramavtal för AB Svenska Spel 2025-10-27</t>
+    <t>Giltiga ramavtal för AB Svenska Spel 2025-11-16</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -556,50 +556,59 @@
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Småland med öarna</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Norra Mellansverige</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
+    <t>23.3-11976-2023-010</t>
+  </si>
+  <si>
+    <t>Human Capital Source Executive Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565505574      </t>
+  </si>
+  <si>
     <t>23.3-5834-2022-028</t>
   </si>
   <si>
     <t>Input Interiör AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591506349      </t>
   </si>
   <si>
     <t>Möbler och inredning / Textil inredning för fönstermiljö / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>Möbler och inredning / Textil inredning för fönstermiljö / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>23.3-5834-2022-002</t>
   </si>
   <si>
     <t>23.3-5834-2022-048</t>
   </si>
   <si>
     <t>23.3-5834-2022-006</t>
   </si>
   <si>
     <t>23.3-5834-2022-044</t>
@@ -863,59 +872,50 @@
     <t>23.3-5834-2022-040</t>
   </si>
   <si>
     <t>Sonesson Inredningar AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561390336      </t>
   </si>
   <si>
     <t>23.3-5834-2022-041</t>
   </si>
   <si>
     <t>Sono Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565957809      </t>
   </si>
   <si>
     <t>23.3-5834-2022-011</t>
   </si>
   <si>
     <t>23.3-5834-2022-014</t>
   </si>
   <si>
     <t>23.3-5834-2022-027</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5565505574      </t>
   </si>
   <si>
     <t>23.3-8027-2021-004</t>
   </si>
   <si>
     <t>Telia Cygate AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565498952      </t>
   </si>
   <si>
     <t>23.3-5834-2022-052</t>
   </si>
   <si>
     <t>Thule Möbler AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566413117      </t>
   </si>
   <si>
     <t>23.3-11976-2023-011</t>
   </si>
   <si>
     <t>TNG Group AB</t>
   </si>
@@ -4467,4714 +4467,4714 @@
       </c>
       <c r="E133" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>120</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>121</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>102</v>
+        <v>141</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>46</v>
+        <v>102</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>185</v>
+        <v>19</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>119</v>
+        <v>188</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>186</v>
+        <v>49</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>90</v>
+        <v>188</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>86</v>
+        <v>189</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>140</v>
+        <v>49</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>172</v>
+        <v>65</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>173</v>
+        <v>66</v>
       </c>
       <c r="F211" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>77</v>
+        <v>139</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F214" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="F215" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>79</v>
+        <v>141</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="F218" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>175</v>
+        <v>72</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>87</v>
+        <v>33</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>90</v>
+        <v>172</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>87</v>
+        <v>33</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="F224" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D228" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G228" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D229" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="F229" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D230" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>61</v>
+        <v>174</v>
       </c>
       <c r="F230" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>62</v>
+        <v>175</v>
       </c>
       <c r="F231" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="F232" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="B233" s="0" t="s">
+      <c r="C233" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C233" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D233" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B234" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="B234" s="0" t="s">
+      <c r="C234" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C234" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="F236" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="F237" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>141</v>
+        <v>38</v>
       </c>
       <c r="F238" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D239" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="F239" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D240" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="F240" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G240" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D241" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="F241" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D242" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F242" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D243" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>172</v>
+        <v>62</v>
       </c>
       <c r="F243" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D244" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>173</v>
+        <v>63</v>
       </c>
       <c r="F244" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D245" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="F245" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G245" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D246" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="F246" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G246" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D247" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>174</v>
+        <v>68</v>
       </c>
       <c r="F247" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D248" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>175</v>
+        <v>69</v>
       </c>
       <c r="F248" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B249" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>149</v>
+        <v>33</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B250" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>248</v>
+        <v>141</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>249</v>
+        <v>33</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>250</v>
+        <v>34</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="F253" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D254" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="F254" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D255" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
       <c r="F255" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="F256" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D257" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="F257" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G257" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D258" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="F258" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G258" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D259" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>40</v>
+        <v>174</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G259" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D260" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>71</v>
+        <v>175</v>
       </c>
       <c r="F260" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G260" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>72</v>
+        <v>148</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>73</v>
+        <v>251</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>33</v>
+        <v>252</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B263" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B263" s="0" t="s">
+      <c r="C263" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C263" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D263" s="0" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>74</v>
+        <v>119</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B264" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B264" s="0" t="s">
+      <c r="C264" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C264" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D264" s="0" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>172</v>
+        <v>123</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D265" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>173</v>
+        <v>32</v>
       </c>
       <c r="F265" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D266" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="F266" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>78</v>
+        <v>36</v>
       </c>
       <c r="F267" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D268" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="F268" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D269" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="F269" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G269" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D270" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="F270" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D271" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="F271" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>185</v>
+        <v>73</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>186</v>
+        <v>74</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>102</v>
+        <v>172</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>103</v>
+        <v>173</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B284" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C284" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C284" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D284" s="0" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B285" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C285" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C285" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D285" s="0" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>14</v>
+        <v>124</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D286" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="F286" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G286" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D287" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>27</v>
+        <v>189</v>
       </c>
       <c r="F287" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G287" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D288" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="F288" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="F289" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="F290" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="G290" s="0" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="F292" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G292" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="F293" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G293" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="F294" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G294" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="F295" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="F296" s="0" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D297" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D298" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="D301" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F301" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G301" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="F303" s="0" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="F305" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G311" s="0" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>141</v>
+        <v>54</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>142</v>
+        <v>55</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G313" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B314" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>290</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F314" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G314" s="0" t="s">