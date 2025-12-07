--- v1 (2025-11-16)
+++ v2 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Svenska" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="301">
   <si>
-    <t>Giltiga ramavtal för AB Svenska Spel 2025-11-16</t>
+    <t>Giltiga ramavtal för AB Svenska Spel 2025-12-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -220,66 +220,66 @@
   <si>
     <t>Rekryteringstjänster / Rekrytering av specialister / Sydsverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av specialister / Stockholm</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av specialister / Småland med öarna</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av specialister / Norra Mellansverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av specialister / Mellersta Norrland</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Övre Norrland</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Västsverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Sydsverige</t>
   </si>
   <si>
-    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer (volymrekrytering)) / Övre Norrland</t>
-[...14 lines deleted...]
-    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer (volymrekrytering)) / Mellersta Norrland</t>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Övre Norrland</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Östra Mellansverige</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Västsverige</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Sydsverige</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Stockholm</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Mellersta Norrland</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Övre Norrland</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Östra Mellansverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Västsverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Sydsverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Stockholm</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Mellersta Norrland</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
@@ -526,54 +526,54 @@
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-5834-2022-021</t>
   </si>
   <si>
     <t>EFG European Furniture Group Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5562367259      </t>
   </si>
   <si>
     <t>23.3-11976-2023-005</t>
   </si>
   <si>
     <t>Experis AB</t>
   </si>
   <si>
     <t xml:space="preserve">5568551104      </t>
   </si>
   <si>
-    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer (volymrekrytering)) / Småland med öarna</t>
-[...2 lines deleted...]
-    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer (volymrekrytering)) / Norra Mellansverige</t>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Småland med öarna</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster / Rekrytering av kontorspersonal (fem eller fler personer– volymrekrytering) / Norra Mellansverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Småland med öarna</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av kontorspersonal (En till fyra personer) / Norra Mellansverige</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
@@ -748,51 +748,51 @@
   <si>
     <t>23.3-11976-2023-007</t>
   </si>
   <si>
     <t>Novare Public HR AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591255350      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-11976-2023-008</t>
   </si>
   <si>
-    <t>Poolia Sverige AB</t>
+    <t>Poolia AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564267655      </t>
   </si>
   <si>
     <t>23.3-10135-2021-001</t>
   </si>
   <si>
     <t>PostNord Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567115695      </t>
   </si>
   <si>
     <t>Postförmedlingstjänster / Postförmedlingstjänster - Paketförmedlingstjänster</t>
   </si>
   <si>
     <t>2023-04-01</t>
   </si>
   <si>
     <t>2027-03-31</t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>