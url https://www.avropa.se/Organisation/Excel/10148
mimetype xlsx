--- v2 (2025-12-07)
+++ v3 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Svenska" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="301">
   <si>
-    <t>Giltiga ramavtal för AB Svenska Spel 2025-12-07</t>
+    <t>Giltiga ramavtal för AB Svenska Spel 2026-01-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -454,51 +454,51 @@
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Stockholm</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Småland med öarna</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Norra Mellansverige</t>
   </si>
   <si>
     <t>Rekryteringstjänster / Rekrytering av chefer / Mellersta Norrland</t>
   </si>
   <si>
     <t>23.3-10135-2021-002</t>
   </si>
   <si>
     <t>CityMail Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565916961      </t>
   </si>
   <si>
     <t>Postförmedlingstjänster</t>
   </si>
   <si>
-    <t>Postförmedlingstjänster / Postförmedlingstjänster - Brevförmedlingstjänster</t>
+    <t>Postförmedlingstjänster / Postförmedlingstjänster- Brevförmedlingstjänster</t>
   </si>
   <si>
     <t>2023-07-01</t>
   </si>
   <si>
     <t>2027-06-30</t>
   </si>
   <si>
     <t>23.3-2650-2022-004</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
@@ -763,51 +763,51 @@
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-11976-2023-008</t>
   </si>
   <si>
     <t>Poolia AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564267655      </t>
   </si>
   <si>
     <t>23.3-10135-2021-001</t>
   </si>
   <si>
     <t>PostNord Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567115695      </t>
   </si>
   <si>
-    <t>Postförmedlingstjänster / Postförmedlingstjänster - Paketförmedlingstjänster</t>
+    <t>Postförmedlingstjänster / Postförmedlingstjänster- Paketförmedlingstjänster</t>
   </si>
   <si>
     <t>2023-04-01</t>
   </si>
   <si>
     <t>2027-03-31</t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>23.3-11976-2023-009</t>
   </si>
   <si>
     <t>Randstad AB</t>
   </si>