--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Svenska" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="301">
   <si>
-    <t>Giltiga ramavtal för AB Svenska Spel 2026-01-11</t>
+    <t>Giltiga ramavtal för AB Svenska Spel 2026-02-01</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>