--- v4 (2026-02-01)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Svenska" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="301">
   <si>
-    <t>Giltiga ramavtal för AB Svenska Spel 2026-02-01</t>
+    <t>Giltiga ramavtal för AB Svenska Spel 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>