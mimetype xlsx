--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eda kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Eda kommun 2025-10-09</t>
+    <t>Giltiga ramavtal för Eda kommun 2025-10-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -394,144 +394,144 @@
   <si>
     <t>Bravida Säkerhet Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561931832      </t>
   </si>
   <si>
     <t>23.3-2651-2022-002</t>
   </si>
   <si>
     <t>CAG Group AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
     <t>23.3-11119-2021-002</t>
   </si>
   <si>
     <t>Canon Svenska Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5560722224      </t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:009</t>
+  </si>
+  <si>
+    <t>Conscia Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563789568      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:004</t>
+  </si>
+  <si>
+    <t>Cuebid Väst AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591484968      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:005</t>
+  </si>
+  <si>
+    <t>23.3-5432-19:008</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...85 lines deleted...]
-    <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
@@ -2121,505 +2121,505 @@
       </c>
       <c r="E43" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>44</v>
+        <v>114</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D61" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>113</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H62" s="0" t="s">