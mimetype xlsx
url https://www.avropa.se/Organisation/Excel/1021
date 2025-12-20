--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eda kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Eda kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Eda kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -676,51 +676,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>