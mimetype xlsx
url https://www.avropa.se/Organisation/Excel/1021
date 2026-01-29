--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eda kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Eda kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Eda kommun 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>