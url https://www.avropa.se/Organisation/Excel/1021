--- v3 (2026-01-29)
+++ v4 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eda kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Eda kommun 2026-01-29</t>
+    <t>Giltiga ramavtal för Eda kommun 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>