--- v4 (2026-03-03)
+++ v5 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eda kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Eda kommun 2026-03-03</t>
+    <t>Giltiga ramavtal för Eda kommun 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>