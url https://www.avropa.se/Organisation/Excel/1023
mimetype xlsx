--- v0 (2025-10-18)
+++ v1 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eksjö komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
-    <t>Giltiga ramavtal för Eksjö kommun 2025-10-18</t>
+    <t>Giltiga ramavtal för Eksjö kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -250,126 +250,126 @@
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...67 lines deleted...]
-    <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
@@ -1222,346 +1222,346 @@
       </c>
       <c r="E18" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G31" s="0" t="s">