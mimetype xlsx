--- v1 (2025-11-29)
+++ v2 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eksjö komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
-    <t>Giltiga ramavtal för Eksjö kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Eksjö kommun 2026-01-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>