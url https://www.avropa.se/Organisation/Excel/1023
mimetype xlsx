--- v2 (2026-01-07)
+++ v3 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Eksjö komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
-    <t>Giltiga ramavtal för Eksjö kommun 2026-01-07</t>
+    <t>Giltiga ramavtal för Eksjö kommun 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -67,51 +67,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
@@ -313,86 +313,107 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -455,71 +476,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -1612,424 +1612,424 @@
       </c>
       <c r="E33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>43</v>
+        <v>118</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="0" t="s">
@@ -2054,60 +2054,60 @@
       </c>
       <c r="E50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="0" t="s">
@@ -2158,60 +2158,60 @@
       </c>
       <c r="E54" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G56" s="0" t="s">
@@ -2499,51 +2499,51 @@
       </c>
       <c r="F67" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E69" s="0" t="s">
@@ -2551,51 +2551,51 @@
       </c>
       <c r="F69" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E71" s="0" t="s">
@@ -2603,51 +2603,51 @@
       </c>
       <c r="F71" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E73" s="0" t="s">
@@ -2655,51 +2655,51 @@
       </c>
       <c r="F73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="0" t="s">
@@ -2733,51 +2733,51 @@
       </c>
       <c r="F76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E78" s="0" t="s">
@@ -2785,51 +2785,51 @@
       </c>
       <c r="F78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="0" t="s">