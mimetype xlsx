--- v0 (2025-10-29)
+++ v1 (2026-01-01)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Enköpings " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
-    <t>Giltiga ramavtal för Enköpings kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Enköpings kommun 2026-01-01</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -493,50 +493,59 @@
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
@@ -559,59 +568,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
@@ -664,51 +664,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2640,479 +2640,479 @@
       </c>
       <c r="E64" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D71" s="0" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="0" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>175</v>
+        <v>71</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>74</v>
+        <v>178</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>176</v>
+        <v>74</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C78" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E78" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="D78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="0" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H82" s="0" t="s">
@@ -4151,51 +4151,51 @@
       </c>
       <c r="F122" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E124" s="0" t="s">
@@ -4203,51 +4203,51 @@
       </c>
       <c r="F124" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E126" s="0" t="s">
@@ -4333,51 +4333,51 @@
       </c>
       <c r="F129" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E131" s="0" t="s">
@@ -4385,51 +4385,51 @@
       </c>
       <c r="F131" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>275</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="0" t="s">
@@ -4567,51 +4567,51 @@
       </c>
       <c r="F138" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E140" s="0" t="s">
@@ -4619,51 +4619,51 @@
       </c>
       <c r="F140" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E142" s="0" t="s">