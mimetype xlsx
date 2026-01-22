--- v1 (2026-01-01)
+++ v2 (2026-01-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Enköpings " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
-    <t>Giltiga ramavtal för Enköpings kommun 2026-01-01</t>
+    <t>Giltiga ramavtal för Enköpings kommun 2026-01-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>