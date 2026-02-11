--- v2 (2026-01-22)
+++ v3 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Enköpings " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
-    <t>Giltiga ramavtal för Enköpings kommun 2026-01-22</t>
+    <t>Giltiga ramavtal för Enköpings kommun 2026-02-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>