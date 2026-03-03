--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Enköpings " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
-    <t>Giltiga ramavtal för Enköpings kommun 2026-02-11</t>
+    <t>Giltiga ramavtal för Enköpings kommun 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>