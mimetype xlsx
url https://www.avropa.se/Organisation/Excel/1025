--- v4 (2026-03-03)
+++ v5 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Enköpings " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="290">
   <si>
-    <t>Giltiga ramavtal för Enköpings kommun 2026-03-03</t>
+    <t>Giltiga ramavtal för Enköpings kommun 2026-03-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>