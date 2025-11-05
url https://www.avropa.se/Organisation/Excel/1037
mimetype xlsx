--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Färgelanda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
   <si>
-    <t>Giltiga ramavtal för Färgelanda kommun 2025-10-16</t>
+    <t>Giltiga ramavtal för Färgelanda kommun 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -331,150 +331,150 @@
   <si>
     <t xml:space="preserve">5560722224      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:009</t>
+  </si>
+  <si>
+    <t>Conscia Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563789568      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:004</t>
+  </si>
+  <si>
+    <t>Cuebid Väst AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591484968      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:005</t>
+  </si>
+  <si>
+    <t>23.3-5432-19:008</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...91 lines deleted...]
-    <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
@@ -1847,557 +1847,557 @@
       </c>
       <c r="E35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" s="0" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="0" t="s">