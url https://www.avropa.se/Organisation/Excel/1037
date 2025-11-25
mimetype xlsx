--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Färgelanda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
   <si>
-    <t>Giltiga ramavtal för Färgelanda kommun 2025-11-05</t>
+    <t>Giltiga ramavtal för Färgelanda kommun 2025-11-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -583,51 +583,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>