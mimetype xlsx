--- v2 (2025-11-25)
+++ v3 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Färgelanda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
   <si>
-    <t>Giltiga ramavtal för Färgelanda kommun 2025-11-25</t>
+    <t>Giltiga ramavtal för Färgelanda kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -460,50 +460,71 @@
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -584,71 +605,50 @@
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -2575,554 +2575,554 @@
       </c>
       <c r="E63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>58</v>
+        <v>153</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>59</v>
+        <v>154</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>60</v>
+        <v>155</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>61</v>
+        <v>156</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>154</v>
+        <v>59</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>155</v>
+        <v>62</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>195</v>
+        <v>73</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>196</v>
+        <v>77</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>197</v>
+        <v>75</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>198</v>
+        <v>76</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G84" s="0" t="s">
@@ -3173,60 +3173,60 @@
       </c>
       <c r="E86" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>197</v>
+        <v>155</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G88" s="0" t="s">
@@ -3381,60 +3381,60 @@
       </c>
       <c r="E94" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>197</v>
+        <v>155</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G96" s="0" t="s">
@@ -3800,51 +3800,51 @@
       </c>
       <c r="F110" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E112" s="0" t="s">
@@ -3852,51 +3852,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E114" s="0" t="s">
@@ -3982,51 +3982,51 @@
       </c>
       <c r="F117" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E119" s="0" t="s">
@@ -4034,51 +4034,51 @@
       </c>
       <c r="F119" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>263</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="0" t="s">
@@ -4164,51 +4164,51 @@
       </c>
       <c r="F124" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E126" s="0" t="s">
@@ -4216,51 +4216,51 @@
       </c>
       <c r="F126" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>272</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E128" s="0" t="s">