--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Färgelanda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
   <si>
-    <t>Giltiga ramavtal för Färgelanda kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Färgelanda kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>