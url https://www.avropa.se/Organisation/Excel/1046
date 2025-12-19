--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gällivare " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="312">
   <si>
-    <t>Giltiga ramavtal för Gällivare kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Gällivare kommun 2025-12-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -412,173 +412,182 @@
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:009</t>
+  </si>
+  <si>
+    <t>Conscia Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563789568      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:004</t>
+  </si>
+  <si>
+    <t>Cuebid Väst AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591484968      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:005</t>
+  </si>
+  <si>
+    <t>23.3-10517-20:004</t>
+  </si>
+  <si>
+    <t>23.3-5432-19:008</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
-    <t>23.3-4104-2022-010</t>
-[...103 lines deleted...]
-  <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
@@ -605,59 +614,50 @@
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
@@ -2082,1051 +2082,1051 @@
       </c>
       <c r="E40" s="0" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>133</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>94</v>
+        <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>48</v>
+        <v>94</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>55</v>
+        <v>102</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" s="0" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>114</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" s="0" t="s">
-        <v>41</v>
+        <v>99</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="0" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>76</v>
+        <v>191</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>189</v>
+        <v>76</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C75" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="E75" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" s="0" t="s">
-        <v>115</v>
+        <v>74</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>99</v>
+        <v>16</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H80" s="0" t="s">
@@ -4113,51 +4113,51 @@
       </c>
       <c r="F118" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E120" s="0" t="s">
@@ -4165,51 +4165,51 @@
       </c>
       <c r="F120" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E122" s="0" t="s">
@@ -4243,51 +4243,51 @@
       </c>
       <c r="F123" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E125" s="0" t="s">
@@ -4295,51 +4295,51 @@
       </c>
       <c r="F125" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>297</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="0" t="s">
@@ -4477,51 +4477,51 @@
       </c>
       <c r="F132" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>303</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>303</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E134" s="0" t="s">
@@ -4529,51 +4529,51 @@
       </c>
       <c r="F134" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>303</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E136" s="0" t="s">