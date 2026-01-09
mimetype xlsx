--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gällivare " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="312">
   <si>
-    <t>Giltiga ramavtal för Gällivare kommun 2025-12-19</t>
+    <t>Giltiga ramavtal för Gällivare kommun 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>