--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gällivare " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="312">
   <si>
-    <t>Giltiga ramavtal för Gällivare kommun 2026-01-09</t>
+    <t>Giltiga ramavtal för Gällivare kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>