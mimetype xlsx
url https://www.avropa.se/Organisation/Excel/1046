--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gällivare " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="312">
   <si>
-    <t>Giltiga ramavtal för Gällivare kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Gällivare kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>