--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gävle komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Gävle kommun 2025-10-23</t>
+    <t>Giltiga ramavtal för Gävle kommun 2025-12-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -430,50 +430,59 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -484,59 +493,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
@@ -544,51 +544,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2034,242 +2034,242 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>71</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>45</v>
+        <v>153</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C52" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="0" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="0" t="s">
@@ -2999,51 +2999,51 @@
       </c>
       <c r="F83" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E85" s="0" t="s">
@@ -3051,51 +3051,51 @@
       </c>
       <c r="F85" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E87" s="0" t="s">
@@ -3129,51 +3129,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3181,51 +3181,51 @@
       </c>
       <c r="F90" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="0" t="s">
@@ -3311,51 +3311,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3363,51 +3363,51 @@
       </c>
       <c r="F97" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E99" s="0" t="s">