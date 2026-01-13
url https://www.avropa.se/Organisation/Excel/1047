--- v1 (2025-12-23)
+++ v2 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gävle komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Gävle kommun 2025-12-23</t>
+    <t>Giltiga ramavtal för Gävle kommun 2026-01-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>