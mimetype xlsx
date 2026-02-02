--- v2 (2026-01-13)
+++ v3 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gävle komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Gävle kommun 2026-01-13</t>
+    <t>Giltiga ramavtal för Gävle kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>