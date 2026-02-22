--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gävle komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Gävle kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Gävle kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>