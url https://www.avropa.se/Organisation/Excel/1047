--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Gävle komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Gävle kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Gävle kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>