--- v0 (2026-01-08)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hagfors ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="262">
   <si>
-    <t>Giltiga ramavtal för Hagfors kommun 2026-01-08</t>
+    <t>Giltiga ramavtal för Hagfors kommun 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -433,50 +433,71 @@
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -557,71 +578,50 @@
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -2296,528 +2296,528 @@
       </c>
       <c r="E54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>54</v>
+        <v>144</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>145</v>
+        <v>55</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>146</v>
+        <v>58</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>82</v>
+        <v>153</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>186</v>
+        <v>25</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>188</v>
+        <v>27</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>189</v>
+        <v>28</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="0" t="s">
@@ -2868,60 +2868,60 @@
       </c>
       <c r="E76" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>187</v>
+        <v>145</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G78" s="0" t="s">
@@ -2998,60 +2998,60 @@
       </c>
       <c r="E81" s="0" t="s">
         <v>73</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>187</v>
+        <v>145</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G83" s="0" t="s">
@@ -3365,51 +3365,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3417,51 +3417,51 @@
       </c>
       <c r="F97" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E99" s="0" t="s">
@@ -3495,51 +3495,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3547,51 +3547,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>248</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E104" s="0" t="s">
@@ -3677,51 +3677,51 @@
       </c>
       <c r="F107" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E109" s="0" t="s">
@@ -3729,51 +3729,51 @@
       </c>
       <c r="F109" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>257</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E111" s="0" t="s">