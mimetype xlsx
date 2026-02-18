--- v1 (2026-01-29)
+++ v2 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hagfors ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="262">
   <si>
-    <t>Giltiga ramavtal för Hagfors kommun 2026-01-29</t>
+    <t>Giltiga ramavtal för Hagfors kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>