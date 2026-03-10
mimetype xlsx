--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hagfors ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="262">
   <si>
-    <t>Giltiga ramavtal för Hagfors kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Hagfors kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>