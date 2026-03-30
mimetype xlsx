--- v3 (2026-03-10)
+++ v4 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hagfors ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="262">
   <si>
-    <t>Giltiga ramavtal för Hagfors kommun 2026-03-10</t>
+    <t>Giltiga ramavtal för Hagfors kommun 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>