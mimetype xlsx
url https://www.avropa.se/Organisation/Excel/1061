--- v0 (2025-10-17)
+++ v1 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Helsingbor" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Helsingborgs kommun 2025-10-17</t>
+    <t>Giltiga ramavtal för Helsingborgs kommun 2026-01-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -274,78 +274,78 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1236,164 +1236,164 @@
       </c>
       <c r="E28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="0" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="0" t="s">