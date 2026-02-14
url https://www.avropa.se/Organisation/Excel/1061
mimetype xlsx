--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Helsingbor" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Helsingborgs kommun 2026-01-06</t>
+    <t>Giltiga ramavtal för Helsingborgs kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>