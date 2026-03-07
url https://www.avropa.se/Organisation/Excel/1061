--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Helsingbor" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Helsingborgs kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Helsingborgs kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>