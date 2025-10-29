--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2025-10-09</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2025-10-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -427,159 +427,159 @@
   <si>
     <t xml:space="preserve">5560722224      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:009</t>
+  </si>
+  <si>
+    <t>Conscia Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563789568      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:004</t>
+  </si>
+  <si>
+    <t>Cuebid Väst AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591484968      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:005</t>
+  </si>
+  <si>
+    <t>23.3-5432-19:008</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...100 lines deleted...]
-    <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
@@ -2296,583 +2296,583 @@
       </c>
       <c r="E45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>54</v>
+        <v>107</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>56</v>
+        <v>109</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>117</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>118</v>
       </c>
       <c r="H67" s="0" t="s">