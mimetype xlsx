--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2025-11-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -724,51 +724,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>