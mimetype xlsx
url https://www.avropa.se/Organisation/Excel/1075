--- v2 (2025-11-25)
+++ v3 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2025-11-25</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>