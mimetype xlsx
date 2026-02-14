--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -574,50 +574,71 @@
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -725,71 +746,50 @@
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -3076,658 +3076,658 @@
       </c>
       <c r="E75" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>78</v>
+        <v>191</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>80</v>
+        <v>193</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>81</v>
+        <v>194</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>192</v>
+        <v>79</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>82</v>
+        <v>199</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>193</v>
+        <v>82</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>116</v>
+        <v>200</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>242</v>
+        <v>96</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>243</v>
+        <v>100</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>244</v>
+        <v>98</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>245</v>
+        <v>99</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>248</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G100" s="0" t="s">
@@ -3778,60 +3778,60 @@
       </c>
       <c r="E102" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>242</v>
+        <v>191</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>243</v>
+        <v>192</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>244</v>
+        <v>193</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>245</v>
+        <v>194</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G104" s="0" t="s">
@@ -3986,60 +3986,60 @@
       </c>
       <c r="E110" s="0" t="s">
         <v>107</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>108</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>109</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>242</v>
+        <v>191</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>243</v>
+        <v>192</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>244</v>
+        <v>193</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>245</v>
+        <v>194</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G112" s="0" t="s">
@@ -4613,51 +4613,51 @@
       </c>
       <c r="F134" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E136" s="0" t="s">
@@ -4665,51 +4665,51 @@
       </c>
       <c r="F136" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E138" s="0" t="s">
@@ -4795,51 +4795,51 @@
       </c>
       <c r="F141" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E143" s="0" t="s">
@@ -4847,51 +4847,51 @@
       </c>
       <c r="F143" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>322</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="0" t="s">
@@ -5029,51 +5029,51 @@
       </c>
       <c r="F150" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E152" s="0" t="s">
@@ -5081,51 +5081,51 @@
       </c>
       <c r="F152" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E154" s="0" t="s">