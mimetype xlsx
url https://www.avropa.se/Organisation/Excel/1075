--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>