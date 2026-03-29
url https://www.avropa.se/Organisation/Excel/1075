--- v5 (2026-03-07)
+++ v6 (2026-03-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="340">
   <si>
-    <t>Giltiga ramavtal för Höganäs kommun 2026-03-07</t>
+    <t>Giltiga ramavtal för Höganäs kommun 2026-03-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>