--- v0 (2025-10-28)
+++ v1 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jokkmokks " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Jokkmokks kommun 2025-10-28</t>
+    <t>Giltiga ramavtal för Jokkmokks kommun 2026-01-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -271,123 +271,123 @@
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
@@ -1340,190 +1340,190 @@
       </c>
       <c r="E32" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="0" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="0" t="s">