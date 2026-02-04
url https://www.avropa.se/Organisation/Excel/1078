--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jokkmokks " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Jokkmokks kommun 2026-01-14</t>
+    <t>Giltiga ramavtal för Jokkmokks kommun 2026-02-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>