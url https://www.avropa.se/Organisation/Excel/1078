--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jokkmokks " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Jokkmokks kommun 2026-02-04</t>
+    <t>Giltiga ramavtal för Jokkmokks kommun 2026-02-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>