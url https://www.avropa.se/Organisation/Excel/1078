--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jokkmokks " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
-    <t>Giltiga ramavtal för Jokkmokks kommun 2026-02-24</t>
+    <t>Giltiga ramavtal för Jokkmokks kommun 2026-03-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>