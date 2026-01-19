--- v0 (2025-12-26)
+++ v1 (2026-01-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköpings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
-    <t>Giltiga ramavtal för Jönköpings kommun 2025-12-26</t>
+    <t>Giltiga ramavtal för Jönköpings kommun 2026-01-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>