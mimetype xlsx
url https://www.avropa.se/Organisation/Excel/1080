--- v1 (2026-01-19)
+++ v2 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköpings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
-    <t>Giltiga ramavtal för Jönköpings kommun 2026-01-19</t>
+    <t>Giltiga ramavtal för Jönköpings kommun 2026-02-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -364,50 +364,71 @@
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
@@ -434,71 +455,50 @@
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
@@ -1800,372 +1800,372 @@
       </c>
       <c r="E43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>145</v>
+        <v>21</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="0" t="s">
@@ -2216,60 +2216,60 @@
       </c>
       <c r="E59" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>65</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G61" s="0" t="s">