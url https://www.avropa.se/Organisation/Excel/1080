--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköpings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
-    <t>Giltiga ramavtal för Jönköpings kommun 2026-02-09</t>
+    <t>Giltiga ramavtal för Jönköpings kommun 2026-03-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>