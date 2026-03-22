--- v3 (2026-03-02)
+++ v4 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköpings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
   <si>
-    <t>Giltiga ramavtal för Jönköpings kommun 2026-03-02</t>
+    <t>Giltiga ramavtal för Jönköpings kommun 2026-03-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>