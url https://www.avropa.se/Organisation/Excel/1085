--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Karlskoga " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
-    <t>Giltiga ramavtal för Karlskoga kommun 2025-10-06</t>
+    <t>Giltiga ramavtal för Karlskoga kommun 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>