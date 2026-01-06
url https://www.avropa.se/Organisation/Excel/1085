--- v1 (2025-11-05)
+++ v2 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Karlskoga " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
-    <t>Giltiga ramavtal för Karlskoga kommun 2025-11-05</t>
+    <t>Giltiga ramavtal för Karlskoga kommun 2026-01-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
@@ -454,50 +454,59 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
@@ -514,59 +523,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
@@ -583,51 +583,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2353,401 +2353,401 @@
       </c>
       <c r="E57" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>92</v>
+        <v>37</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" s="0" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>160</v>
+        <v>58</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>61</v>
+        <v>163</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>161</v>
+        <v>61</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C68" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="E68" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="0" t="s">
-        <v>82</v>
+        <v>59</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="0" t="s">
@@ -3552,51 +3552,51 @@
       </c>
       <c r="F103" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E105" s="0" t="s">
@@ -3604,51 +3604,51 @@
       </c>
       <c r="F105" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E107" s="0" t="s">
@@ -3682,51 +3682,51 @@
       </c>
       <c r="F108" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E110" s="0" t="s">
@@ -3734,51 +3734,51 @@
       </c>
       <c r="F110" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="0" t="s">
@@ -3916,51 +3916,51 @@
       </c>
       <c r="F117" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E119" s="0" t="s">
@@ -3968,51 +3968,51 @@
       </c>
       <c r="F119" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E121" s="0" t="s">