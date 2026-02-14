--- v2 (2026-01-06)
+++ v3 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Karlskoga " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
-    <t>Giltiga ramavtal för Karlskoga kommun 2026-01-06</t>
+    <t>Giltiga ramavtal för Karlskoga kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>