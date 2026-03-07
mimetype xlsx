--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Karlskoga " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <si>
-    <t>Giltiga ramavtal för Karlskoga kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Karlskoga kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>