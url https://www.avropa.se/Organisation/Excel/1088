--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Katrinehol" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
-    <t>Giltiga ramavtal för Katrineholms kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Katrineholms kommun 2025-11-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>