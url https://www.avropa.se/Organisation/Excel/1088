--- v1 (2025-11-08)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Katrinehol" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
-    <t>Giltiga ramavtal för Katrineholms kommun 2025-11-08</t>
+    <t>Giltiga ramavtal för Katrineholms kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -406,51 +406,51 @@
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>