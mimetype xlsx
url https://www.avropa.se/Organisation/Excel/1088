--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Katrinehol" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
-    <t>Giltiga ramavtal för Katrineholms kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Katrineholms kommun 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>