--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Katrinehol" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
-    <t>Giltiga ramavtal för Katrineholms kommun 2026-01-09</t>
+    <t>Giltiga ramavtal för Katrineholms kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -328,50 +328,71 @@
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -407,71 +428,50 @@
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1573,424 +1573,424 @@
       </c>
       <c r="E33" s="0" t="s">
         <v>68</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>44</v>
+        <v>117</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>137</v>
+        <v>55</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>138</v>
+        <v>53</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>139</v>
+        <v>54</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>139</v>
+        <v>112</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G49" s="0" t="s">
@@ -2067,60 +2067,60 @@
       </c>
       <c r="E52" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>139</v>
+        <v>112</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G54" s="0" t="s">
@@ -2512,51 +2512,51 @@
       </c>
       <c r="F69" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E71" s="0" t="s">
@@ -2564,51 +2564,51 @@
       </c>
       <c r="F71" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E73" s="0" t="s">
@@ -2616,51 +2616,51 @@
       </c>
       <c r="F73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E75" s="0" t="s">
@@ -2668,51 +2668,51 @@
       </c>
       <c r="F75" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="0" t="s">
@@ -2798,51 +2798,51 @@
       </c>
       <c r="F80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E82" s="0" t="s">
@@ -2850,51 +2850,51 @@
       </c>
       <c r="F82" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E84" s="0" t="s">