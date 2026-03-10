--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Katrinehol" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
-    <t>Giltiga ramavtal för Katrineholms kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Katrineholms kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>