--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kristineha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Kristinehamns kommun 2025-10-30</t>
+    <t>Giltiga ramavtal för Kristinehamns kommun 2026-01-01</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -379,50 +379,59 @@
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -442,102 +451,93 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -1787,297 +1787,297 @@
       </c>
       <c r="E38" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>50</v>
+        <v>136</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>134</v>
+        <v>50</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="0" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H49" s="0" t="s">
@@ -2804,51 +2804,51 @@
       </c>
       <c r="F77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E79" s="0" t="s">
@@ -2856,51 +2856,51 @@
       </c>
       <c r="F79" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E81" s="0" t="s">
@@ -2908,51 +2908,51 @@
       </c>
       <c r="F81" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E83" s="0" t="s">
@@ -2960,51 +2960,51 @@
       </c>
       <c r="F83" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="0" t="s">
@@ -3064,51 +3064,51 @@
       </c>
       <c r="F87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E89" s="0" t="s">
@@ -3116,51 +3116,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E91" s="0" t="s">