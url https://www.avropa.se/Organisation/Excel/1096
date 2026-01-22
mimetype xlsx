--- v1 (2026-01-01)
+++ v2 (2026-01-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kristineha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Kristinehamns kommun 2026-01-01</t>
+    <t>Giltiga ramavtal för Kristinehamns kommun 2026-01-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>