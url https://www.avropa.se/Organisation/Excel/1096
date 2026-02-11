--- v2 (2026-01-22)
+++ v3 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kristineha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Kristinehamns kommun 2026-01-22</t>
+    <t>Giltiga ramavtal för Kristinehamns kommun 2026-02-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -406,50 +406,71 @@
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -494,71 +515,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1839,450 +1839,450 @@
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>46</v>
+        <v>135</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>47</v>
+        <v>136</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>137</v>
+        <v>50</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>81</v>
+        <v>144</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>165</v>
+        <v>57</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>166</v>
+        <v>61</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>167</v>
+        <v>59</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>168</v>
+        <v>60</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>168</v>
+        <v>138</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G57" s="0" t="s">
@@ -2359,60 +2359,60 @@
       </c>
       <c r="E60" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>168</v>
+        <v>138</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G62" s="0" t="s">
@@ -2804,51 +2804,51 @@
       </c>
       <c r="F77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E79" s="0" t="s">
@@ -2856,51 +2856,51 @@
       </c>
       <c r="F79" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E81" s="0" t="s">
@@ -2908,51 +2908,51 @@
       </c>
       <c r="F81" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E83" s="0" t="s">
@@ -2960,51 +2960,51 @@
       </c>
       <c r="F83" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="0" t="s">
@@ -3064,51 +3064,51 @@
       </c>
       <c r="F87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E89" s="0" t="s">
@@ -3116,51 +3116,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E91" s="0" t="s">