--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kristineha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Kristinehamns kommun 2026-02-11</t>
+    <t>Giltiga ramavtal för Kristinehamns kommun 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>