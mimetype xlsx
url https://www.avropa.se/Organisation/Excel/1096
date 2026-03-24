--- v4 (2026-03-03)
+++ v5 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kristineha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Kristinehamns kommun 2026-03-03</t>
+    <t>Giltiga ramavtal för Kristinehamns kommun 2026-03-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>