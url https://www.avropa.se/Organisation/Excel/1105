--- v0 (2025-10-29)
+++ v1 (2025-11-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2025-11-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -454,51 +454,51 @@
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>