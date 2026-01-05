--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2025-11-24</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2026-01-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>