--- v2 (2026-01-05)
+++ v3 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2026-01-05</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>