--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -376,50 +376,71 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -455,71 +476,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
@@ -1848,450 +1848,450 @@
       </c>
       <c r="E40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>50</v>
+        <v>127</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>126</v>
+        <v>49</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>80</v>
+        <v>134</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>152</v>
+        <v>64</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G57" s="0" t="s">
@@ -2394,60 +2394,60 @@
       </c>
       <c r="E61" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G63" s="0" t="s">
@@ -2943,51 +2943,51 @@
       </c>
       <c r="F82" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E84" s="0" t="s">
@@ -2995,51 +2995,51 @@
       </c>
       <c r="F84" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E86" s="0" t="s">
@@ -3125,51 +3125,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E91" s="0" t="s">
@@ -3177,51 +3177,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3333,51 +3333,51 @@
       </c>
       <c r="F97" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E99" s="0" t="s">
@@ -3385,51 +3385,51 @@
       </c>
       <c r="F99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E101" s="0" t="s">