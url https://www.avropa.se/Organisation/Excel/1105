--- v4 (2026-02-14)
+++ v5 (2026-03-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>