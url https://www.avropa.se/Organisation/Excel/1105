--- v5 (2026-03-06)
+++ v6 (2026-03-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Landskrona" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
-    <t>Giltiga ramavtal för Landskrona kommun 2026-03-07</t>
+    <t>Giltiga ramavtal för Landskrona kommun 2026-03-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>