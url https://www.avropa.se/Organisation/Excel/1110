--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2025-11-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>