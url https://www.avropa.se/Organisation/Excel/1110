--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2025-11-08</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -268,129 +268,129 @@
   <si>
     <t>23.3-2650-2022-004</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -1350,245 +1350,245 @@
       </c>
       <c r="E28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
@@ -2133,51 +2133,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -2185,51 +2185,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2237,51 +2237,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2289,51 +2289,51 @@
       </c>
       <c r="F64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
@@ -2393,51 +2393,51 @@
       </c>
       <c r="F68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E70" s="0" t="s">
@@ -2445,51 +2445,51 @@
       </c>
       <c r="F70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E72" s="0" t="s">