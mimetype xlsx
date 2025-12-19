--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2025-12-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>