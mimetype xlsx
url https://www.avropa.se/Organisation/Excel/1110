--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2025-12-19</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>