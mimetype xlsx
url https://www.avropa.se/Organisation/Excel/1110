--- v4 (2026-01-10)
+++ v5 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2026-01-10</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -286,50 +286,71 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -347,71 +368,50 @@
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1376,372 +1376,372 @@
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>50</v>
+        <v>104</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>116</v>
+        <v>43</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G43" s="0" t="s">
@@ -1792,60 +1792,60 @@
       </c>
       <c r="E45" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G47" s="0" t="s">
@@ -2133,51 +2133,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -2185,51 +2185,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2237,51 +2237,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2289,51 +2289,51 @@
       </c>
       <c r="F64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
@@ -2393,51 +2393,51 @@
       </c>
       <c r="F68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E70" s="0" t="s">
@@ -2445,51 +2445,51 @@
       </c>
       <c r="F70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E72" s="0" t="s">