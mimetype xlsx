--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Lessebo ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Lessebo kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Lessebo kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>