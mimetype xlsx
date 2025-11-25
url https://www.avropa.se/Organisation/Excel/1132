--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2025-11-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -454,50 +454,59 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
@@ -517,59 +526,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
@@ -586,51 +586,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2422,453 +2422,453 @@
       </c>
       <c r="E60" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" s="0" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>161</v>
+        <v>64</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>67</v>
+        <v>164</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>162</v>
+        <v>67</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C73" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E73" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" s="0" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H77" s="0" t="s">
@@ -3699,51 +3699,51 @@
       </c>
       <c r="F109" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E111" s="0" t="s">
@@ -3751,51 +3751,51 @@
       </c>
       <c r="F111" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E113" s="0" t="s">
@@ -3881,51 +3881,51 @@
       </c>
       <c r="F116" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E118" s="0" t="s">
@@ -3933,51 +3933,51 @@
       </c>
       <c r="F118" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="0" t="s">
@@ -4115,51 +4115,51 @@
       </c>
       <c r="F125" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E127" s="0" t="s">
@@ -4167,51 +4167,51 @@
       </c>
       <c r="F127" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E129" s="0" t="s">