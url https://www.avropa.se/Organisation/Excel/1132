--- v1 (2025-11-25)
+++ v2 (2025-12-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2025-11-25</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2025-12-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>