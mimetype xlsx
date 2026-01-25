--- v2 (2025-12-17)
+++ v3 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2025-12-17</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>