--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>