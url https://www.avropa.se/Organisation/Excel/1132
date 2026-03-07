--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>