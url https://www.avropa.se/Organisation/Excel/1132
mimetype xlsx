--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mjölby kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
-    <t>Giltiga ramavtal för Mjölby kommun 2026-03-07</t>
+    <t>Giltiga ramavtal för Mjölby kommun 2026-03-27</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>