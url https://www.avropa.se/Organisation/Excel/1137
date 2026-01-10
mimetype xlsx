--- v0 (2025-10-20)
+++ v1 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Munkfors k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
   <si>
-    <t>Giltiga ramavtal för Munkfors kommun 2025-10-20</t>
+    <t>Giltiga ramavtal för Munkfors kommun 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -511,51 +511,60 @@
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
-    <t>5567714349</t>
+    <t xml:space="preserve">5567714349      </t>
+  </si>
+  <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
@@ -580,59 +589,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
@@ -685,51 +685,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2714,479 +2714,479 @@
       </c>
       <c r="E65" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" s="0" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="0" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>182</v>
+        <v>71</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>74</v>
+        <v>185</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>183</v>
+        <v>74</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C79" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E79" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="0" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H83" s="0" t="s">
@@ -4303,51 +4303,51 @@
       </c>
       <c r="F126" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E128" s="0" t="s">
@@ -4355,51 +4355,51 @@
       </c>
       <c r="F128" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E130" s="0" t="s">
@@ -4485,51 +4485,51 @@
       </c>
       <c r="F133" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E135" s="0" t="s">
@@ -4537,51 +4537,51 @@
       </c>
       <c r="F135" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>291</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="0" t="s">
@@ -4719,51 +4719,51 @@
       </c>
       <c r="F142" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>297</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E144" s="0" t="s">
@@ -4771,51 +4771,51 @@
       </c>
       <c r="F144" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>297</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E146" s="0" t="s">