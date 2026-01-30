--- v1 (2026-01-10)
+++ v2 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Munkfors k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
   <si>
-    <t>Giltiga ramavtal för Munkfors kommun 2026-01-10</t>
+    <t>Giltiga ramavtal för Munkfors kommun 2026-01-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>