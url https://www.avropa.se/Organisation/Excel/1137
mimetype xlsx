--- v2 (2026-01-30)
+++ v3 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Munkfors k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
   <si>
-    <t>Giltiga ramavtal för Munkfors kommun 2026-01-30</t>
+    <t>Giltiga ramavtal för Munkfors kommun 2026-03-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>