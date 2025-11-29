--- v0 (2025-10-29)
+++ v1 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Nacka kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -133,75 +133,75 @@
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562151588      </t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562739358      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -669,115 +669,115 @@
       </c>
       <c r="E13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H17" s="0" t="s">