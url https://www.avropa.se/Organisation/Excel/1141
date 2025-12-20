--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Nacka kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>