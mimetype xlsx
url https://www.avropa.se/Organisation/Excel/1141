--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Nacka kommun 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>