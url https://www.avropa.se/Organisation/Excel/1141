--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2026-01-09</t>
+    <t>Giltiga ramavtal för Nacka kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -151,78 +151,78 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
   <si>
     <t>Qvalia AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567321707      </t>
   </si>
   <si>
     <t>23.3-10517-20:007</t>
   </si>
   <si>
     <t>Ricoh Sverige AB</t>
   </si>
@@ -695,164 +695,164 @@
       </c>
       <c r="E14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" s="0" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" s="0" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G20" s="0" t="s">