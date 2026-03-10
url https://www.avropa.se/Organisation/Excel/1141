--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Nacka kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>