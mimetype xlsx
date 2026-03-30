--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nacka komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
-    <t>Giltiga ramavtal för Nacka kommun 2026-03-10</t>
+    <t>Giltiga ramavtal för Nacka kommun 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>