--- v0 (2025-10-22)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nora kommu" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
-    <t>Giltiga ramavtal för Nora kommun 2025-10-22</t>
+    <t>Giltiga ramavtal för Nora kommun 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -292,51 +292,51 @@
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>