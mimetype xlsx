--- v1 (2025-12-02)
+++ v2 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nora kommu" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
-    <t>Giltiga ramavtal för Nora kommun 2025-12-02</t>
+    <t>Giltiga ramavtal för Nora kommun 2026-01-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>