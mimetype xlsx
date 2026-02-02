--- v2 (2026-01-11)
+++ v3 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nora kommu" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
-    <t>Giltiga ramavtal för Nora kommun 2026-01-11</t>
+    <t>Giltiga ramavtal för Nora kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>