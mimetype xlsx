--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nora kommu" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
-    <t>Giltiga ramavtal för Nora kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Nora kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>