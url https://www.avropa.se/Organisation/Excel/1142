--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nora kommu" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
-    <t>Giltiga ramavtal för Nora kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Nora kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>