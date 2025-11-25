--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2025-11-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -427,50 +427,59 @@
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
@@ -482,59 +491,50 @@
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
@@ -2069,320 +2069,320 @@
       </c>
       <c r="E47" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="0" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>150</v>
+        <v>48</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>51</v>
+        <v>153</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C56" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="D56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="0" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G59" s="0" t="s">
@@ -3034,51 +3034,51 @@
       </c>
       <c r="F84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E86" s="0" t="s">
@@ -3086,51 +3086,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3164,51 +3164,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E91" s="0" t="s">
@@ -3216,51 +3216,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3346,51 +3346,51 @@
       </c>
       <c r="F96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E98" s="0" t="s">
@@ -3398,51 +3398,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E100" s="0" t="s">