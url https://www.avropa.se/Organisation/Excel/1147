--- v1 (2025-11-25)
+++ v2 (2025-12-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2025-11-25</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2025-12-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>