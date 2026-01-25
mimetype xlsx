--- v2 (2025-12-18)
+++ v3 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2025-12-18</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>