--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -457,50 +457,71 @@
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -536,71 +557,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2199,398 +2199,398 @@
       </c>
       <c r="E52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>47</v>
+        <v>152</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>48</v>
+        <v>153</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>50</v>
+        <v>155</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>153</v>
+        <v>48</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>51</v>
+        <v>160</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>154</v>
+        <v>51</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>85</v>
+        <v>161</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>179</v>
+        <v>12</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>180</v>
+        <v>13</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>182</v>
+        <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>182</v>
+        <v>155</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>32</v>
       </c>
       <c r="G67" s="0" t="s">
@@ -2693,60 +2693,60 @@
       </c>
       <c r="E71" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>182</v>
+        <v>155</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G73" s="0" t="s">
@@ -3034,51 +3034,51 @@
       </c>
       <c r="F84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E86" s="0" t="s">
@@ -3086,51 +3086,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3164,51 +3164,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E91" s="0" t="s">
@@ -3216,51 +3216,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3346,51 +3346,51 @@
       </c>
       <c r="F96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E98" s="0" t="s">
@@ -3398,51 +3398,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E100" s="0" t="s">