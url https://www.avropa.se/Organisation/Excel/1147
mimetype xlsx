--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>