--- v5 (2026-03-07)
+++ v6 (2026-03-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norrtälje " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Norrtälje kommun 2026-03-07</t>
+    <t>Giltiga ramavtal för Norrtälje kommun 2026-03-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>