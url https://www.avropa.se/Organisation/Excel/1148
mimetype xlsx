--- v0 (2025-10-14)
+++ v1 (2026-01-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norsjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Norsjö kommun 2025-10-14</t>
+    <t>Giltiga ramavtal för Norsjö kommun 2026-01-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -316,188 +316,188 @@
   <si>
     <t xml:space="preserve">5560722224      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-10517-20:004</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
-    <t>23.3-4104-2022-010</t>
-[...61 lines deleted...]
-  <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
@@ -523,51 +523,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -1501,294 +1501,294 @@
       </c>
       <c r="E27" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>101</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="0" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>79</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G38" s="0" t="s">
@@ -1813,219 +1813,219 @@
       </c>
       <c r="E39" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H47" s="0" t="s">