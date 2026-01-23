--- v1 (2026-01-03)
+++ v2 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norsjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Norsjö kommun 2026-01-03</t>
+    <t>Giltiga ramavtal för Norsjö kommun 2026-01-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>