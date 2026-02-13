--- v2 (2026-01-23)
+++ v3 (2026-02-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norsjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Norsjö kommun 2026-01-23</t>
+    <t>Giltiga ramavtal för Norsjö kommun 2026-02-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>