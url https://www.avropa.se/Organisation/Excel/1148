--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norsjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Norsjö kommun 2026-02-13</t>
+    <t>Giltiga ramavtal för Norsjö kommun 2026-03-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>