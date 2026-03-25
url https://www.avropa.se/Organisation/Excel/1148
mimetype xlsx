--- v4 (2026-03-05)
+++ v5 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norsjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
-    <t>Giltiga ramavtal för Norsjö kommun 2026-03-05</t>
+    <t>Giltiga ramavtal för Norsjö kommun 2026-03-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>