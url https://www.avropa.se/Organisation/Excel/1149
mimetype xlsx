--- v0 (2025-10-30)
+++ v1 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2025-10-30</t>
+    <t>Giltiga ramavtal för Nybro kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>