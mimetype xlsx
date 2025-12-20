--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Nybro kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>