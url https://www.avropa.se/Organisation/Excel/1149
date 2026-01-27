--- v2 (2025-12-20)
+++ v3 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Nybro kommun 2026-01-27</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>