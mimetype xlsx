--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2026-01-27</t>
+    <t>Giltiga ramavtal för Nybro kommun 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -94,51 +94,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -310,92 +310,113 @@
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
@@ -449,71 +470,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -1712,372 +1712,372 @@
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>48</v>
+        <v>117</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>71</v>
+        <v>119</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>151</v>
+        <v>30</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G52" s="0" t="s">
@@ -2102,60 +2102,60 @@
       </c>
       <c r="E53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>150</v>
+        <v>117</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>153</v>
+        <v>120</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="0" t="s">
@@ -2180,60 +2180,60 @@
       </c>
       <c r="E56" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>150</v>
+        <v>117</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>153</v>
+        <v>120</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G58" s="0" t="s">