--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2026-02-17</t>
+    <t>Giltiga ramavtal för Nybro kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -94,51 +94,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t>5562149996</t>
+    <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -310,51 +310,51 @@
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t>5566661012</t>
+    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>