--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nybro komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Nybro kommun 2026-03-10</t>
+    <t>Giltiga ramavtal för Nybro kommun 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>