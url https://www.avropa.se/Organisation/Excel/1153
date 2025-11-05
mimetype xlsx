--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nässjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
-    <t>Giltiga ramavtal för Nässjö kommun 2025-10-15</t>
+    <t>Giltiga ramavtal för Nässjö kommun 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -289,132 +289,132 @@
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...73 lines deleted...]
-    <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
@@ -1533,450 +1533,450 @@
       </c>
       <c r="E28" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>91</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>73</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G45" s="0" t="s">