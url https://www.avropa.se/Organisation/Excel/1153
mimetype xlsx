--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nässjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
-    <t>Giltiga ramavtal för Nässjö kommun 2025-11-05</t>
+    <t>Giltiga ramavtal för Nässjö kommun 2025-11-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>