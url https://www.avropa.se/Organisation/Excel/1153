--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nässjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
-    <t>Giltiga ramavtal för Nässjö kommun 2025-11-26</t>
+    <t>Giltiga ramavtal för Nässjö kommun 2026-01-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>