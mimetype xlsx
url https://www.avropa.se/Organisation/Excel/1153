--- v3 (2026-01-05)
+++ v4 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nässjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
-    <t>Giltiga ramavtal för Nässjö kommun 2026-01-05</t>
+    <t>Giltiga ramavtal för Nässjö kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>