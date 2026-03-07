--- v4 (2026-01-25)
+++ v5 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nässjö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
-    <t>Giltiga ramavtal för Nässjö kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Nässjö kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -409,50 +409,71 @@
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
@@ -515,71 +536,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -2183,424 +2183,424 @@
       </c>
       <c r="E53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>74</v>
+        <v>138</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>75</v>
+        <v>139</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>172</v>
+        <v>32</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>175</v>
+        <v>35</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G69" s="0" t="s">
@@ -2625,60 +2625,60 @@
       </c>
       <c r="E70" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>175</v>
+        <v>139</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="0" t="s">
@@ -2729,60 +2729,60 @@
       </c>
       <c r="E74" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>175</v>
+        <v>139</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G76" s="0" t="s">