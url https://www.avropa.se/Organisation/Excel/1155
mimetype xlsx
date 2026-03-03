--- v0 (2026-02-11)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Olofströms" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <si>
-    <t>Giltiga ramavtal för Olofströms kommun 2026-02-11</t>
+    <t>Giltiga ramavtal för Olofströms kommun 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>