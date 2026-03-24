--- v1 (2026-03-03)
+++ v2 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Olofströms" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <si>
-    <t>Giltiga ramavtal för Olofströms kommun 2026-03-03</t>
+    <t>Giltiga ramavtal för Olofströms kommun 2026-03-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>