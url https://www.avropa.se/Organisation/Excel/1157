--- v0 (2025-10-24)
+++ v1 (2025-12-04)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Orust komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
-    <t>Giltiga ramavtal för Orust kommun 2025-10-24</t>
+    <t>Giltiga ramavtal för Orust kommun 2025-12-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -382,50 +382,59 @@
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -436,93 +445,84 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1832,271 +1832,271 @@
       </c>
       <c r="E41" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>135</v>
+        <v>45</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H51" s="0" t="s">
@@ -2771,51 +2771,51 @@
       </c>
       <c r="F77" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E79" s="0" t="s">
@@ -2823,51 +2823,51 @@
       </c>
       <c r="F79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E81" s="0" t="s">
@@ -2901,51 +2901,51 @@
       </c>
       <c r="F82" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E84" s="0" t="s">
@@ -2953,51 +2953,51 @@
       </c>
       <c r="F84" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="0" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3187,51 +3187,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E95" s="0" t="s">