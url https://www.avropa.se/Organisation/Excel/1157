--- v1 (2025-12-04)
+++ v2 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Orust komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
-    <t>Giltiga ramavtal för Orust kommun 2025-12-04</t>
+    <t>Giltiga ramavtal för Orust kommun 2026-01-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>