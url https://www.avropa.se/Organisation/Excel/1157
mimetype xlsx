--- v2 (2026-01-14)
+++ v3 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Orust komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
-    <t>Giltiga ramavtal för Orust kommun 2026-01-14</t>
+    <t>Giltiga ramavtal för Orust kommun 2026-02-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>