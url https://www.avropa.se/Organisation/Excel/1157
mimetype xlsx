--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Orust komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
-    <t>Giltiga ramavtal för Orust kommun 2026-02-04</t>
+    <t>Giltiga ramavtal för Orust kommun 2026-02-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>