--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Orust komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
   <si>
-    <t>Giltiga ramavtal för Orust kommun 2026-02-24</t>
+    <t>Giltiga ramavtal för Orust kommun 2026-03-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>