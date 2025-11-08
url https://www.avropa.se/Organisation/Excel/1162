--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Pajala kommun 2025-11-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -139,75 +139,75 @@
   <si>
     <t xml:space="preserve">5561931832      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
@@ -697,86 +697,86 @@
       </c>
       <c r="E9" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="0" t="s">