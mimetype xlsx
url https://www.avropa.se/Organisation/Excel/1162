--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2025-11-08</t>
+    <t>Giltiga ramavtal för Pajala kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>