--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Pajala kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>