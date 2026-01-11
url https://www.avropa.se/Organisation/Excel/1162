--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Pajala kommun 2026-01-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>