--- v4 (2026-01-11)
+++ v5 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2026-01-11</t>
+    <t>Giltiga ramavtal för Pajala kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -184,50 +184,71 @@
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
@@ -236,71 +257,50 @@
     <t>23.3-5890-2023-001</t>
   </si>
   <si>
     <t>NetBin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567100267      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
@@ -827,216 +827,216 @@
       </c>
       <c r="E14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="0" t="s">
@@ -1061,86 +1061,86 @@
       </c>
       <c r="E23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G26" s="0" t="s">