--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Pajala kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>