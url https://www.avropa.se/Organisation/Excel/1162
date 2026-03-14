--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Pajala kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
-    <t>Giltiga ramavtal för Pajala kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Pajala kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>