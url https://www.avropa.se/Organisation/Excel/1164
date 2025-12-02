--- v0 (2025-10-22)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Perstorps " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
-    <t>Giltiga ramavtal för Perstorps kommun 2025-10-22</t>
+    <t>Giltiga ramavtal för Perstorps kommun 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -241,102 +241,102 @@
   <si>
     <t xml:space="preserve">5594024472      </t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -1195,219 +1195,219 @@
       </c>
       <c r="E24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="0" t="s">
@@ -1900,51 +1900,51 @@
       </c>
       <c r="F51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E53" s="0" t="s">
@@ -1952,51 +1952,51 @@
       </c>
       <c r="F53" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E55" s="0" t="s">
@@ -2004,51 +2004,51 @@
       </c>
       <c r="F55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="0" t="s">
@@ -2056,51 +2056,51 @@
       </c>
       <c r="F57" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E59" s="0" t="s">
@@ -2186,51 +2186,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2238,51 +2238,51 @@
       </c>
       <c r="F64" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E66" s="0" t="s">