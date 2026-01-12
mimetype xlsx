--- v1 (2025-12-02)
+++ v2 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Perstorps " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
-    <t>Giltiga ramavtal för Perstorps kommun 2025-12-02</t>
+    <t>Giltiga ramavtal för Perstorps kommun 2026-01-12</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>