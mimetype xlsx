--- v2 (2026-01-12)
+++ v3 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Perstorps " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
-    <t>Giltiga ramavtal för Perstorps kommun 2026-01-12</t>
+    <t>Giltiga ramavtal för Perstorps kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -259,105 +259,105 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1221,294 +1221,294 @@
       </c>
       <c r="E25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G36" s="0" t="s">
@@ -1559,60 +1559,60 @@
       </c>
       <c r="E38" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G40" s="0" t="s">
@@ -1900,51 +1900,51 @@
       </c>
       <c r="F51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E53" s="0" t="s">
@@ -1952,51 +1952,51 @@
       </c>
       <c r="F53" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E55" s="0" t="s">
@@ -2004,51 +2004,51 @@
       </c>
       <c r="F55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="0" t="s">
@@ -2056,51 +2056,51 @@
       </c>
       <c r="F57" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E59" s="0" t="s">
@@ -2186,51 +2186,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2238,51 +2238,51 @@
       </c>
       <c r="F64" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E66" s="0" t="s">