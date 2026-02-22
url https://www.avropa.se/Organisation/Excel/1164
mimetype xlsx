--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Perstorps " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
-    <t>Giltiga ramavtal för Perstorps kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Perstorps kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>