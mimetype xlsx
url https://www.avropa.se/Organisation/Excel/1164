--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Perstorps " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
-    <t>Giltiga ramavtal för Perstorps kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Perstorps kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>