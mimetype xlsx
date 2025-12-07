--- v0 (2025-10-29)
+++ v1 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2025-10-30</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2025-12-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -292,102 +292,102 @@
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
@@ -1376,245 +1376,245 @@
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>104</v>
+        <v>39</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>42</v>
+        <v>107</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>105</v>
+        <v>42</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C35" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="0" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H38" s="0" t="s">
@@ -2029,51 +2029,51 @@
       </c>
       <c r="F54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E56" s="0" t="s">
@@ -2081,51 +2081,51 @@
       </c>
       <c r="F56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E58" s="0" t="s">
@@ -2133,51 +2133,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -2185,51 +2185,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2315,51 +2315,51 @@
       </c>
       <c r="F65" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E67" s="0" t="s">
@@ -2367,51 +2367,51 @@
       </c>
       <c r="F67" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>