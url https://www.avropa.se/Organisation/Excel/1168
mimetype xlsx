--- v1 (2025-12-07)
+++ v2 (2025-12-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2025-12-07</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2025-12-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>