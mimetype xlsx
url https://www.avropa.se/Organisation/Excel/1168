--- v2 (2025-12-28)
+++ v3 (2026-01-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2025-12-28</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2026-01-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>