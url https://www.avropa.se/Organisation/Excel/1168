--- v3 (2026-01-19)
+++ v4 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2026-01-19</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2026-02-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -319,114 +319,114 @@
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
@@ -1428,294 +1428,294 @@
       </c>
       <c r="E31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>38</v>
+        <v>106</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>39</v>
+        <v>107</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>40</v>
+        <v>108</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="0" t="s">
@@ -1740,60 +1740,60 @@
       </c>
       <c r="E43" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G45" s="0" t="s">
@@ -2029,51 +2029,51 @@
       </c>
       <c r="F54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E56" s="0" t="s">
@@ -2081,51 +2081,51 @@
       </c>
       <c r="F56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E58" s="0" t="s">
@@ -2133,51 +2133,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -2185,51 +2185,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2315,51 +2315,51 @@
       </c>
       <c r="F65" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E67" s="0" t="s">
@@ -2367,51 +2367,51 @@
       </c>
       <c r="F67" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>