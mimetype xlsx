--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2026-02-09</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>