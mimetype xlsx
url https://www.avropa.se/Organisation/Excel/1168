--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ronneby ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
-    <t>Giltiga ramavtal för Ronneby kommun 2026-03-03</t>
+    <t>Giltiga ramavtal för Ronneby kommun 2026-03-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>