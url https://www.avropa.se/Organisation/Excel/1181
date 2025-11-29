--- v0 (2025-10-30)
+++ v1 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2025-10-30</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>