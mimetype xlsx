--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2025-12-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>