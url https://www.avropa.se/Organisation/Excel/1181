--- v2 (2025-12-19)
+++ v3 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2025-12-19</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>