--- v3 (2026-01-08)
+++ v4 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2026-01-09</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -100,87 +100,87 @@
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
     <t>23.3-2649-2022-002</t>
   </si>
   <si>
     <t>Chas Visual Management AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567264758      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
   <si>
     <t>Qvalia AB</t>
   </si>
@@ -454,190 +454,190 @@
       </c>
       <c r="E6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="0" t="s">