--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2026-01-29</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>