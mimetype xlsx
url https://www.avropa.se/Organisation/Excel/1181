--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Smedjeback" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Giltiga ramavtal för Smedjebackens kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Smedjebackens kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>