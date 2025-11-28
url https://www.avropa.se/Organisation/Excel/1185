--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -199,69 +199,69 @@
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -957,126 +957,126 @@
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="0" t="s">