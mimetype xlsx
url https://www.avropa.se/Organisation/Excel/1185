--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2025-11-28</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>