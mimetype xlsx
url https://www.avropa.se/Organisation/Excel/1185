--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2025-12-20</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2026-01-12</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>