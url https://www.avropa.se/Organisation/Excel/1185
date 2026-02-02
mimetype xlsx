--- v3 (2026-01-12)
+++ v4 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2026-01-12</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>