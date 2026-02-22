--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>