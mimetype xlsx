--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sorsele ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
-    <t>Giltiga ramavtal för Sorsele kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Sorsele kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>