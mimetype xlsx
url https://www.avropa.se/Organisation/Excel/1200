--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Svedala kommun 2025-11-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>