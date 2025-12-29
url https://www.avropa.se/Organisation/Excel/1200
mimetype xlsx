--- v1 (2025-11-20)
+++ v2 (2025-12-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2025-11-20</t>
+    <t>Giltiga ramavtal för Svedala kommun 2025-12-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>