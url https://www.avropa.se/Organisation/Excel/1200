--- v2 (2025-12-29)
+++ v3 (2026-01-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2025-12-29</t>
+    <t>Giltiga ramavtal för Svedala kommun 2026-01-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>