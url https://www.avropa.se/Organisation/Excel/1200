--- v3 (2026-01-19)
+++ v4 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2026-01-19</t>
+    <t>Giltiga ramavtal för Svedala kommun 2026-02-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -445,50 +445,71 @@
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
@@ -506,71 +527,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2270,372 +2270,372 @@
       </c>
       <c r="E56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>89</v>
+        <v>150</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>170</v>
+        <v>22</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>171</v>
+        <v>23</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G70" s="0" t="s">
@@ -2712,60 +2712,60 @@
       </c>
       <c r="E73" s="0" t="s">
         <v>79</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G75" s="0" t="s">