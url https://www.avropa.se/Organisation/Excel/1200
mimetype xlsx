--- v4 (2026-02-09)
+++ v5 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2026-02-09</t>
+    <t>Giltiga ramavtal för Svedala kommun 2026-03-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>