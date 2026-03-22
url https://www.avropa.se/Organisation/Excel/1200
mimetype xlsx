--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Svedala ko" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
-    <t>Giltiga ramavtal för Svedala kommun 2026-03-02</t>
+    <t>Giltiga ramavtal för Svedala kommun 2026-03-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>