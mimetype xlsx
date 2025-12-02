--- v0 (2025-10-21)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Trosa komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
-    <t>Giltiga ramavtal för Trosa kommun 2025-10-21</t>
+    <t>Giltiga ramavtal för Trosa kommun 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -562,50 +562,59 @@
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
@@ -637,59 +646,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
@@ -751,51 +751,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2910,505 +2910,505 @@
       </c>
       <c r="E70" s="0" t="s">
         <v>127</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>128</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>30</v>
+        <v>113</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>32</v>
+        <v>115</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" s="0" t="s">
-        <v>112</v>
+        <v>48</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>114</v>
+        <v>50</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="0" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>198</v>
+        <v>79</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>82</v>
+        <v>201</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>199</v>
+        <v>82</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C84" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E84" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="D84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F84" s="0" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>113</v>
+        <v>17</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H89" s="0" t="s">
@@ -4577,51 +4577,51 @@
       </c>
       <c r="F134" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E136" s="0" t="s">
@@ -4629,51 +4629,51 @@
       </c>
       <c r="F136" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E138" s="0" t="s">
@@ -4759,51 +4759,51 @@
       </c>
       <c r="F141" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E143" s="0" t="s">
@@ -4811,51 +4811,51 @@
       </c>
       <c r="F143" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>310</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="0" t="s">
@@ -4993,51 +4993,51 @@
       </c>
       <c r="F150" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>316</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>316</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E152" s="0" t="s">
@@ -5045,51 +5045,51 @@
       </c>
       <c r="F152" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>316</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>320</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E154" s="0" t="s">