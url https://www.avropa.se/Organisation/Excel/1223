--- v1 (2025-12-02)
+++ v2 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Trosa komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
-    <t>Giltiga ramavtal för Trosa kommun 2025-12-02</t>
+    <t>Giltiga ramavtal för Trosa kommun 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>