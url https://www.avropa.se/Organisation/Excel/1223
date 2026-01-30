--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Trosa komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
-    <t>Giltiga ramavtal för Trosa kommun 2026-01-10</t>
+    <t>Giltiga ramavtal för Trosa kommun 2026-01-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>