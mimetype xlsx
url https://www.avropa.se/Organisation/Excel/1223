--- v3 (2026-01-30)
+++ v4 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Trosa komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
-    <t>Giltiga ramavtal för Trosa kommun 2026-01-30</t>
+    <t>Giltiga ramavtal för Trosa kommun 2026-02-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>