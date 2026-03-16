--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Trosa komm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
-    <t>Giltiga ramavtal för Trosa kommun 2026-02-21</t>
+    <t>Giltiga ramavtal för Trosa kommun 2026-03-16</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>