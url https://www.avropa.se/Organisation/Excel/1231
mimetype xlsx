--- v0 (2025-10-20)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2025-10-20</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -544,50 +544,59 @@
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
@@ -616,59 +625,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
@@ -694,51 +694,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
@@ -2805,479 +2805,479 @@
       </c>
       <c r="E67" s="0" t="s">
         <v>120</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>121</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>122</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74" s="0" t="s">
-        <v>105</v>
+        <v>41</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>107</v>
+        <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>191</v>
+        <v>72</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C80" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="E80" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" s="0" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>107</v>
+        <v>14</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H85" s="0" t="s">
@@ -4394,51 +4394,51 @@
       </c>
       <c r="F128" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E130" s="0" t="s">
@@ -4446,51 +4446,51 @@
       </c>
       <c r="F130" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E132" s="0" t="s">
@@ -4576,51 +4576,51 @@
       </c>
       <c r="F135" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E137" s="0" t="s">
@@ -4628,51 +4628,51 @@
       </c>
       <c r="F137" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="0" t="s">
@@ -4810,51 +4810,51 @@
       </c>
       <c r="F144" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E146" s="0" t="s">
@@ -4862,51 +4862,51 @@
       </c>
       <c r="F146" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E148" s="0" t="s">