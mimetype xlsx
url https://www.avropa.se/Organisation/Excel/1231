--- v1 (2025-12-02)
+++ v2 (2025-12-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2025-12-02</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2025-12-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>