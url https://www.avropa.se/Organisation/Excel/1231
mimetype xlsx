--- v2 (2025-12-22)
+++ v3 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2025-12-22</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-01-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>