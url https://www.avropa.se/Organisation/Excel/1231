--- v3 (2026-01-11)
+++ v4 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-01-11</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -580,50 +580,71 @@
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -695,71 +716,50 @@
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
@@ -3039,606 +3039,606 @@
       </c>
       <c r="E76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>71</v>
+        <v>193</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>72</v>
+        <v>194</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>73</v>
+        <v>195</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>74</v>
+        <v>196</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>194</v>
+        <v>72</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>75</v>
+        <v>201</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>195</v>
+        <v>75</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>120</v>
+        <v>202</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>91</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>232</v>
+        <v>89</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>233</v>
+        <v>93</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>234</v>
+        <v>91</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>235</v>
+        <v>92</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>232</v>
+        <v>193</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>233</v>
+        <v>194</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>234</v>
+        <v>195</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>235</v>
+        <v>196</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>91</v>
       </c>
       <c r="G99" s="0" t="s">
@@ -3793,60 +3793,60 @@
       </c>
       <c r="E105" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>102</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>232</v>
+        <v>193</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>233</v>
+        <v>194</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>234</v>
+        <v>195</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>235</v>
+        <v>196</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G107" s="0" t="s">
@@ -4394,51 +4394,51 @@
       </c>
       <c r="F128" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E130" s="0" t="s">
@@ -4446,51 +4446,51 @@
       </c>
       <c r="F130" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>294</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E132" s="0" t="s">
@@ -4576,51 +4576,51 @@
       </c>
       <c r="F135" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E137" s="0" t="s">
@@ -4628,51 +4628,51 @@
       </c>
       <c r="F137" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="0" t="s">
@@ -4810,51 +4810,51 @@
       </c>
       <c r="F144" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E146" s="0" t="s">
@@ -4862,51 +4862,51 @@
       </c>
       <c r="F146" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E148" s="0" t="s">