--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-02-02</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>