--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Upplands-B" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <si>
-    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-02-22</t>
+    <t>Giltiga ramavtal för Upplands-Bro kommun 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>