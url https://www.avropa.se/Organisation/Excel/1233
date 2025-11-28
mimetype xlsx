--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2025-10-30</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -493,50 +493,59 @@
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
@@ -559,59 +568,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
@@ -655,51 +655,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
@@ -2448,323 +2448,323 @@
       </c>
       <c r="E55" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>93</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="0" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>172</v>
+        <v>61</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>173</v>
+        <v>64</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C62" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="E62" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="0" t="s">
-        <v>107</v>
+        <v>62</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H67" s="0" t="s">
@@ -3803,51 +3803,51 @@
       </c>
       <c r="F107" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E109" s="0" t="s">
@@ -3855,51 +3855,51 @@
       </c>
       <c r="F109" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E111" s="0" t="s">
@@ -3933,51 +3933,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E114" s="0" t="s">
@@ -3985,51 +3985,51 @@
       </c>
       <c r="F114" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="0" t="s">
@@ -4167,51 +4167,51 @@
       </c>
       <c r="F121" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E123" s="0" t="s">
@@ -4219,51 +4219,51 @@
       </c>
       <c r="F123" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E125" s="0" t="s">