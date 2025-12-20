--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2025-11-28</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>