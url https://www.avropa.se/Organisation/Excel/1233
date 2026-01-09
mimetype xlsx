--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2025-12-20</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>