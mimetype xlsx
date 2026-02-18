--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-01-09</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -523,50 +523,71 @@
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -656,71 +677,50 @@
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -2526,554 +2526,554 @@
       </c>
       <c r="E58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>60</v>
+        <v>174</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>61</v>
+        <v>175</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>62</v>
+        <v>176</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>63</v>
+        <v>177</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>175</v>
+        <v>61</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>64</v>
+        <v>182</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>176</v>
+        <v>64</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>106</v>
+        <v>183</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>107</v>
+        <v>62</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>219</v>
+        <v>75</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>220</v>
+        <v>79</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>222</v>
+        <v>78</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G79" s="0" t="s">
@@ -3124,60 +3124,60 @@
       </c>
       <c r="E81" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>219</v>
+        <v>174</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>220</v>
+        <v>175</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>221</v>
+        <v>176</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>222</v>
+        <v>177</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G83" s="0" t="s">
@@ -3332,60 +3332,60 @@
       </c>
       <c r="E89" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>219</v>
+        <v>174</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>220</v>
+        <v>175</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>221</v>
+        <v>176</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>222</v>
+        <v>177</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G91" s="0" t="s">
@@ -3803,51 +3803,51 @@
       </c>
       <c r="F107" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E109" s="0" t="s">
@@ -3855,51 +3855,51 @@
       </c>
       <c r="F109" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E111" s="0" t="s">
@@ -3933,51 +3933,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E114" s="0" t="s">
@@ -3985,51 +3985,51 @@
       </c>
       <c r="F114" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="0" t="s">
@@ -4167,51 +4167,51 @@
       </c>
       <c r="F121" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E123" s="0" t="s">
@@ -4219,51 +4219,51 @@
       </c>
       <c r="F123" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E125" s="0" t="s">