--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-02-18</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>