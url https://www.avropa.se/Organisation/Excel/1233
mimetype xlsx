--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppvidinge" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-03-10</t>
+    <t xml:space="preserve">Giltiga ramavtal för Uppvidinge kommun                                                                    2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>