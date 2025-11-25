--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vadstena k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <si>
-    <t>Giltiga ramavtal för Vadstena kommun 2025-10-06</t>
+    <t>Giltiga ramavtal för Vadstena kommun 2025-11-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -385,141 +385,141 @@
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1945,323 +1945,323 @@
       </c>
       <c r="E45" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="0" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>133</v>
+        <v>46</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>49</v>
+        <v>136</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>134</v>
+        <v>49</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C53" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="E53" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D53" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="0" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H57" s="0" t="s">
@@ -3014,51 +3014,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3066,51 +3066,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3196,51 +3196,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3248,51 +3248,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3430,51 +3430,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E104" s="0" t="s">
@@ -3482,51 +3482,51 @@
       </c>
       <c r="F104" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E106" s="0" t="s">