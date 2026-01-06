--- v1 (2025-11-25)
+++ v2 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vadstena k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <si>
-    <t>Giltiga ramavtal för Vadstena kommun 2025-11-25</t>
+    <t>Giltiga ramavtal för Vadstena kommun 2026-01-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>