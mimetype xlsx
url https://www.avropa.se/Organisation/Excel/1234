--- v2 (2026-01-06)
+++ v3 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vadstena k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <si>
-    <t>Giltiga ramavtal för Vadstena kommun 2026-01-06</t>
+    <t>Giltiga ramavtal för Vadstena kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>