--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vadstena k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <si>
-    <t>Giltiga ramavtal för Vadstena kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Vadstena kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>