--- v0 (2025-10-21)
+++ v1 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Valdemarsv" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2025-10-21</t>
+    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -475,50 +475,59 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -538,59 +547,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
@@ -598,51 +598,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
@@ -2304,297 +2304,297 @@
       </c>
       <c r="E52" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>57</v>
+        <v>168</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>166</v>
+        <v>57</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="0" t="s">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>86</v>
+        <v>14</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H63" s="0" t="s">
@@ -3503,51 +3503,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E100" s="0" t="s">
@@ -3555,51 +3555,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3633,51 +3633,51 @@
       </c>
       <c r="F103" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E105" s="0" t="s">
@@ -3685,51 +3685,51 @@
       </c>
       <c r="F105" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="0" t="s">
@@ -3867,51 +3867,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E114" s="0" t="s">
@@ -3919,51 +3919,51 @@
       </c>
       <c r="F114" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E116" s="0" t="s">