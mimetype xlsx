--- v1 (2026-01-08)
+++ v2 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Valdemarsv" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-01-08</t>
+    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -502,50 +502,71 @@
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -599,71 +620,50 @@
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
@@ -2356,502 +2356,502 @@
       </c>
       <c r="E54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>53</v>
+        <v>167</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>55</v>
+        <v>169</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>56</v>
+        <v>170</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>168</v>
+        <v>54</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>200</v>
+        <v>68</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>201</v>
+        <v>72</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>202</v>
+        <v>70</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>203</v>
+        <v>71</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G73" s="0" t="s">
@@ -3006,60 +3006,60 @@
       </c>
       <c r="E79" s="0" t="s">
         <v>79</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G81" s="0" t="s">
@@ -3503,51 +3503,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E100" s="0" t="s">
@@ -3555,51 +3555,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3633,51 +3633,51 @@
       </c>
       <c r="F103" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E105" s="0" t="s">
@@ -3685,51 +3685,51 @@
       </c>
       <c r="F105" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="0" t="s">
@@ -3867,51 +3867,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E114" s="0" t="s">
@@ -3919,51 +3919,51 @@
       </c>
       <c r="F114" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E116" s="0" t="s">