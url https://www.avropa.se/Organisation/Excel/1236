--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Valdemarsv" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-01-29</t>
+    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>