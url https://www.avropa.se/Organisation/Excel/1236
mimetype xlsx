--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Valdemarsv" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-02-18</t>
+    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>