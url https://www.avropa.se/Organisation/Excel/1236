--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Valdemarsv" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
   <si>
-    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-03-10</t>
+    <t xml:space="preserve">Giltiga ramavtal för Valdemarsviks  kommun 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>