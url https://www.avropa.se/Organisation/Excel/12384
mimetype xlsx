--- v0 (2025-11-06)
+++ v1 (2025-12-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2025-11-06</t>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2025-12-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>