--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2025-12-18</t>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>