--- v2 (2026-01-08)
+++ v3 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-01-08</t>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-01-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>