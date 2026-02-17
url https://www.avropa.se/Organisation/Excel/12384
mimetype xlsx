--- v3 (2026-01-28)
+++ v4 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-01-28</t>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>