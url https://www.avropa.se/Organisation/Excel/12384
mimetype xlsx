--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-02-17</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
+  <si>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -103,50 +103,74 @@
   <si>
     <t xml:space="preserve">5560762022      </t>
   </si>
   <si>
     <t>Kontorspapper</t>
   </si>
   <si>
     <t>Kontorspapper / Kontorspapper - särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-06-18</t>
   </si>
   <si>
     <t>2029-06-17</t>
   </si>
   <si>
     <t>23.3-13045-2023-005</t>
   </si>
   <si>
     <t>Bokus AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564930492      </t>
   </si>
   <si>
+    <t>23.3-872-2025-001</t>
+  </si>
+  <si>
+    <t>CBG Konsult &amp; Information AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5561721993      </t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster</t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Språktjänster svenska - Transkribering / Rangordning</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>2030-03-08</t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Språktjänster svenska - Transkribering / Förnyad konkurrensutsättning</t>
+  </si>
+  <si>
     <t>23.3-13045-2023-007</t>
   </si>
   <si>
     <t>EBSCO International, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">FC16134         </t>
   </si>
   <si>
     <t>Litteratur / Litteratur / D-Specialorder</t>
   </si>
   <si>
     <t>23.3-2885-2024-003</t>
   </si>
   <si>
     <t>E-litteratur</t>
   </si>
   <si>
     <t>E-litteratur / E-litteratur</t>
   </si>
   <si>
     <t>2024-11-01</t>
   </si>
   <si>
     <t>2028-10-31</t>
@@ -251,50 +275,77 @@
     <t>2024-06-11</t>
   </si>
   <si>
     <t>2028-06-10</t>
   </si>
   <si>
     <t>23.3-15015-2024-001</t>
   </si>
   <si>
     <t>Procurator AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560576554      </t>
   </si>
   <si>
     <t>23.3-10266-2023-001</t>
   </si>
   <si>
     <t>23.3-4058-2024-001</t>
   </si>
   <si>
     <t>Scandinavian Airlines System Denmark-Norway-Sweden</t>
   </si>
   <si>
     <t xml:space="preserve">9020017720      </t>
+  </si>
+  <si>
+    <t>23.3-872-2025-002</t>
+  </si>
+  <si>
+    <t>Space 360 AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5564544897      </t>
+  </si>
+  <si>
+    <t>23.3-872-2025-004</t>
+  </si>
+  <si>
+    <t>Spoken Oy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26286633        </t>
+  </si>
+  <si>
+    <t>23.3-872-2025-003</t>
+  </si>
+  <si>
+    <t>Språkservice Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566291513      </t>
   </si>
   <si>
     <t>23.3-2512-2024-001</t>
   </si>
   <si>
     <t>Sweden Rent A Car AB (AVIS)</t>
   </si>
   <si>
     <t xml:space="preserve">5561022822      </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Aptos Narrow"/>
     </font>
@@ -331,51 +382,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -540,504 +591,712 @@
       </c>
       <c r="E7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="0" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E11" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="0" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="0" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="0" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="0" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>27</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="0" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" s="0" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="H25" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>