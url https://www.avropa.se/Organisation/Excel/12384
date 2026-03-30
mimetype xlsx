--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Jönköping " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-03-10</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
+  <si>
+    <t>Giltiga ramavtal för Jönköping University Enterprise AB 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -286,75 +286,114 @@
   <si>
     <t xml:space="preserve">5560576554      </t>
   </si>
   <si>
     <t>23.3-10266-2023-001</t>
   </si>
   <si>
     <t>23.3-4058-2024-001</t>
   </si>
   <si>
     <t>Scandinavian Airlines System Denmark-Norway-Sweden</t>
   </si>
   <si>
     <t xml:space="preserve">9020017720      </t>
   </si>
   <si>
     <t>23.3-872-2025-002</t>
   </si>
   <si>
     <t>Space 360 AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564544897      </t>
   </si>
   <si>
+    <t>23.3-8628-2025-001</t>
+  </si>
+  <si>
+    <t>Specsavers Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566157961      </t>
+  </si>
+  <si>
+    <t>Glasögon</t>
+  </si>
+  <si>
+    <t>Glasögon / Glasögon</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>2030-03-12</t>
+  </si>
+  <si>
     <t>23.3-872-2025-004</t>
   </si>
   <si>
     <t>Spoken Oy</t>
   </si>
   <si>
     <t xml:space="preserve">26286633        </t>
   </si>
   <si>
     <t>23.3-872-2025-003</t>
   </si>
   <si>
     <t>Språkservice Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566291513      </t>
   </si>
   <si>
     <t>23.3-2512-2024-001</t>
   </si>
   <si>
     <t>Sweden Rent A Car AB (AVIS)</t>
   </si>
   <si>
     <t xml:space="preserve">5561022822      </t>
+  </si>
+  <si>
+    <t>23.3-8628-2025-002</t>
+  </si>
+  <si>
+    <t>Synoptik Sweden Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566077904      </t>
+  </si>
+  <si>
+    <t>23.3-8628-2025-003</t>
+  </si>
+  <si>
+    <t>Synsam Group Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567687248      </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
@@ -382,51 +421,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1111,192 +1150,270 @@
       </c>
       <c r="E27" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H33" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>