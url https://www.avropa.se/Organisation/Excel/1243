--- v0 (2025-10-26)
+++ v1 (2026-01-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vellinge k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <si>
-    <t>Giltiga ramavtal för Vellinge kommun 2025-10-26</t>
+    <t>Giltiga ramavtal för Vellinge kommun 2026-01-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -424,50 +424,59 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
@@ -479,59 +488,50 @@
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
@@ -2029,320 +2029,320 @@
       </c>
       <c r="E45" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="0" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>51</v>
+        <v>152</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C54" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="E54" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="D54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="0" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G57" s="0" t="s">
@@ -3098,51 +3098,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3150,51 +3150,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3280,51 +3280,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3332,51 +3332,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3462,51 +3462,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3514,51 +3514,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E104" s="0" t="s">