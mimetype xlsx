--- v1 (2026-01-17)
+++ v2 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vellinge k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <si>
-    <t>Giltiga ramavtal för Vellinge kommun 2026-01-17</t>
+    <t>Giltiga ramavtal för Vellinge kommun 2026-02-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -454,50 +454,71 @@
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -533,71 +554,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2159,398 +2159,398 @@
       </c>
       <c r="E50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>47</v>
+        <v>151</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>48</v>
+        <v>152</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>49</v>
+        <v>153</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>50</v>
+        <v>154</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>152</v>
+        <v>48</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>153</v>
+        <v>51</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>178</v>
+        <v>12</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>180</v>
+        <v>14</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>181</v>
+        <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>32</v>
       </c>
       <c r="G65" s="0" t="s">
@@ -2653,60 +2653,60 @@
       </c>
       <c r="E69" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G71" s="0" t="s">
@@ -3098,51 +3098,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3150,51 +3150,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3280,51 +3280,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3332,51 +3332,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3462,51 +3462,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3514,51 +3514,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E104" s="0" t="s">