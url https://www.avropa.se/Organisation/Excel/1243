--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vellinge k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <si>
-    <t>Giltiga ramavtal för Vellinge kommun 2026-02-06</t>
+    <t>Giltiga ramavtal för Vellinge kommun 2026-02-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>