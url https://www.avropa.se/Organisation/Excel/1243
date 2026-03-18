--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vellinge k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <si>
-    <t>Giltiga ramavtal för Vellinge kommun 2026-02-26</t>
+    <t>Giltiga ramavtal för Vellinge kommun 2026-03-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>