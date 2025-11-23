--- v0 (2025-10-29)
+++ v1 (2025-11-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2025-11-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -583,50 +583,59 @@
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
@@ -658,59 +667,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
@@ -772,51 +772,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
@@ -3023,505 +3023,505 @@
       </c>
       <c r="E71" s="0" t="s">
         <v>127</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>128</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>129</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>30</v>
+        <v>113</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>32</v>
+        <v>115</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D78" s="0" t="s">
-        <v>112</v>
+        <v>48</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>114</v>
+        <v>50</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="0" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>205</v>
+        <v>79</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>206</v>
+        <v>82</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C85" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E85" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" s="0" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>113</v>
+        <v>17</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H90" s="0" t="s">
@@ -4846,51 +4846,51 @@
       </c>
       <c r="F141" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E143" s="0" t="s">
@@ -4898,51 +4898,51 @@
       </c>
       <c r="F143" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E145" s="0" t="s">
@@ -5028,51 +5028,51 @@
       </c>
       <c r="F148" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E150" s="0" t="s">
@@ -5080,51 +5080,51 @@
       </c>
       <c r="F150" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="0" t="s">
@@ -5262,51 +5262,51 @@
       </c>
       <c r="F157" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E159" s="0" t="s">
@@ -5314,51 +5314,51 @@
       </c>
       <c r="F159" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>349</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E161" s="0" t="s">