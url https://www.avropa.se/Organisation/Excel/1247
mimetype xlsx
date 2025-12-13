--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2025-11-23</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2025-12-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>