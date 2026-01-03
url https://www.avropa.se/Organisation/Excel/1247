--- v2 (2025-12-13)
+++ v3 (2026-01-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2025-12-13</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2026-01-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>