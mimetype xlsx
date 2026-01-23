--- v3 (2026-01-03)
+++ v4 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2026-01-03</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2026-01-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>