--- v4 (2026-01-23)
+++ v5 (2026-02-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2026-01-23</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2026-02-12</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -622,50 +622,71 @@
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -773,71 +794,50 @@
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -3283,658 +3283,658 @@
       </c>
       <c r="E81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>78</v>
+        <v>207</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>79</v>
+        <v>208</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>80</v>
+        <v>209</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>208</v>
+        <v>79</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>82</v>
+        <v>215</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>209</v>
+        <v>82</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>127</v>
+        <v>216</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>258</v>
+        <v>96</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>259</v>
+        <v>100</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>260</v>
+        <v>98</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>261</v>
+        <v>99</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G106" s="0" t="s">
@@ -3985,60 +3985,60 @@
       </c>
       <c r="E108" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>258</v>
+        <v>207</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>259</v>
+        <v>208</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>260</v>
+        <v>209</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>261</v>
+        <v>210</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G110" s="0" t="s">
@@ -4193,60 +4193,60 @@
       </c>
       <c r="E116" s="0" t="s">
         <v>107</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>108</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>109</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>258</v>
+        <v>207</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>259</v>
+        <v>208</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>260</v>
+        <v>209</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>261</v>
+        <v>210</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G118" s="0" t="s">
@@ -4846,51 +4846,51 @@
       </c>
       <c r="F141" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E143" s="0" t="s">
@@ -4898,51 +4898,51 @@
       </c>
       <c r="F143" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E145" s="0" t="s">
@@ -5028,51 +5028,51 @@
       </c>
       <c r="F148" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E150" s="0" t="s">
@@ -5080,51 +5080,51 @@
       </c>
       <c r="F150" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="0" t="s">
@@ -5262,51 +5262,51 @@
       </c>
       <c r="F157" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E159" s="0" t="s">
@@ -5314,51 +5314,51 @@
       </c>
       <c r="F159" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>349</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E161" s="0" t="s">