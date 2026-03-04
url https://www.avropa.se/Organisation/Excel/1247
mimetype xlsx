--- v5 (2026-02-12)
+++ v6 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2026-02-12</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2026-03-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>