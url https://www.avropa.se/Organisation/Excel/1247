--- v6 (2026-03-04)
+++ v7 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Vindelns k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
-    <t>Giltiga ramavtal för Vindelns kommun 2026-03-04</t>
+    <t>Giltiga ramavtal för Vindelns kommun 2026-03-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>