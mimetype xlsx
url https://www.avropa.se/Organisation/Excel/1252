--- v0 (2025-10-19)
+++ v1 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Värmdö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
   <si>
-    <t>Giltiga ramavtal för Värmdö kommun 2025-10-19</t>
+    <t>Giltiga ramavtal för Värmdö kommun 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -415,138 +415,138 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1980,167 +1980,167 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>73</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="0" t="s">