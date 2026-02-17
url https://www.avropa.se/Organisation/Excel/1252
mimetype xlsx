--- v1 (2026-01-08)
+++ v2 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Värmdö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
   <si>
-    <t>Giltiga ramavtal för Värmdö kommun 2026-01-08</t>
+    <t>Giltiga ramavtal för Värmdö kommun 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -70,51 +70,51 @@
   <si>
     <t>Identifiering och behörighet - förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>Identifiering och behörighet - förnyad konkurrensutsättning / Identifiering och behörighet - förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>2021-03-23</t>
   </si>
   <si>
     <t>2028-03-22</t>
   </si>
   <si>
     <t>Identifiering och behörighet - särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Identifiering och behörighet - särskild fördelningsnyckel / Identifiering och behörighet - särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>2027-02-19</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-2771-21:001</t>
   </si>
   <si>
     <t>Datacenter</t>
   </si>
   <si>
     <t>Datacenter / Datacenter - Servrar och lagring</t>
   </si>
@@ -250,60 +250,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562151588      </t>
+    <t>5562151588</t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562739358      </t>
+    <t>5562739358</t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-4104-2022-007</t>
   </si>
   <si>
     <t>Bravida Säkerhet Aktiebolag</t>
   </si>
@@ -391,81 +391,81 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563657039      </t>
+    <t>5563657039</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>