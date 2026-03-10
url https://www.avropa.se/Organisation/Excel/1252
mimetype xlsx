--- v2 (2026-02-17)
+++ v3 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Värmdö kom" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
   <si>
-    <t>Giltiga ramavtal för Värmdö kommun 2026-02-17</t>
+    <t>Giltiga ramavtal för Värmdö kommun 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -70,51 +70,51 @@
   <si>
     <t>Identifiering och behörighet - förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>Identifiering och behörighet - förnyad konkurrensutsättning / Identifiering och behörighet - förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>2021-03-23</t>
   </si>
   <si>
     <t>2028-03-22</t>
   </si>
   <si>
     <t>Identifiering och behörighet - särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Identifiering och behörighet - särskild fördelningsnyckel / Identifiering och behörighet - särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t>5562149996</t>
+    <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>2027-02-19</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-2771-21:001</t>
   </si>
   <si>
     <t>Datacenter</t>
   </si>
   <si>
     <t>Datacenter / Datacenter - Servrar och lagring</t>
   </si>
@@ -250,60 +250,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t>5562151588</t>
+    <t xml:space="preserve">5562151588      </t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t>5562739358</t>
+    <t xml:space="preserve">5562739358      </t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-4104-2022-007</t>
   </si>
   <si>
     <t>Bravida Säkerhet Aktiebolag</t>
   </si>
@@ -391,81 +391,81 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t>5566661012</t>
+    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t>5563657039</t>
+    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>