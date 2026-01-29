--- v0 (2025-10-29)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Älmhults k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
-    <t>Giltiga ramavtal för Älmhults kommun 2025-10-29</t>
+    <t>Giltiga ramavtal för Älmhults kommun 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -109,96 +109,96 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Infrastruktur / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>2026-12-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Infrastruktur / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:003</t>
   </si>
   <si>
     <t>AREFF Systems AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565902797      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
   <si>
     <t>Qvalia AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567321707      </t>
   </si>
   <si>
     <t>23.3-2965-20:006</t>
   </si>
   <si>
     <t>Seriline Aktiebolag</t>
   </si>
@@ -594,268 +594,268 @@
       </c>
       <c r="E10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
@@ -961,51 +961,51 @@
       </c>
       <c r="F24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="0" t="s">
@@ -1013,51 +1013,51 @@
       </c>
       <c r="F26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="0" t="s">
@@ -1065,51 +1065,51 @@
       </c>
       <c r="F28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E30" s="0" t="s">
@@ -1117,51 +1117,51 @@
       </c>
       <c r="F30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="0" t="s">
@@ -1221,51 +1221,51 @@
       </c>
       <c r="F34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E36" s="0" t="s">
@@ -1273,51 +1273,51 @@
       </c>
       <c r="F36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>