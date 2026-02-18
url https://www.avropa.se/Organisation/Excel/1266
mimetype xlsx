--- v1 (2026-01-29)
+++ v2 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Älmhults k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
-    <t>Giltiga ramavtal för Älmhults kommun 2026-01-29</t>
+    <t>Giltiga ramavtal för Älmhults kommun 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>