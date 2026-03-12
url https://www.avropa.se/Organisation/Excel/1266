--- v2 (2026-02-18)
+++ v3 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Älmhults k" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
-    <t>Giltiga ramavtal för Älmhults kommun 2026-02-18</t>
+    <t>Giltiga ramavtal för Älmhults kommun 2026-03-12</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -223,51 +223,51 @@
   <si>
     <t xml:space="preserve">5562675164      </t>
   </si>
   <si>
     <t>23.3-10150-2021-002</t>
   </si>
   <si>
     <t>23.3-10150-2021-008</t>
   </si>
   <si>
     <t>Telenor Sverige Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5564210309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-003</t>
   </si>
   <si>
     <t>23.3-2965-20:004</t>
   </si>
   <si>
     <t>Telia Cygate AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5565498952      </t>
+    <t>5565498952</t>
   </si>
   <si>
     <t>23.3-10150-2021-009</t>
   </si>
   <si>
     <t>Telia Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564300142      </t>
   </si>
   <si>
     <t>23.3-10150-2021-004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>