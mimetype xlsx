--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2025-10-06</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>