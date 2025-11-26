--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2025-11-05</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2025-11-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -289,129 +289,129 @@
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>23.3-2649-2022-007</t>
   </si>
@@ -1321,216 +1321,216 @@
       </c>
       <c r="E27" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C32" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="0" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G35" s="0" t="s">
@@ -2052,51 +2052,51 @@
       </c>
       <c r="F55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
@@ -2104,51 +2104,51 @@
       </c>
       <c r="F57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="0" t="s">
@@ -2156,51 +2156,51 @@
       </c>
       <c r="F59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="0" t="s">
@@ -2208,51 +2208,51 @@
       </c>
       <c r="F61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E63" s="0" t="s">
@@ -2286,51 +2286,51 @@
       </c>
       <c r="F64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="0" t="s">
@@ -2338,51 +2338,51 @@
       </c>
       <c r="F66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E68" s="0" t="s">