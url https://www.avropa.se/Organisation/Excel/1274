--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2025-11-26</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2026-01-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>