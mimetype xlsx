--- v3 (2026-01-05)
+++ v4 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2026-01-05</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2026-01-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>