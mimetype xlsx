--- v4 (2026-01-25)
+++ v5 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2026-01-25</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>