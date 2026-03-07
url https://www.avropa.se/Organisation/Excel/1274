--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Örkelljung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
-    <t>Giltiga ramavtal för Örkelljunga kommun 2026-02-14</t>
+    <t>Giltiga ramavtal för Örkelljunga kommun 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>