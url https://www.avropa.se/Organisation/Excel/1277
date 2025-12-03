--- v0 (2025-10-24)
+++ v1 (2025-12-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2025-10-24</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2025-12-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -553,51 +553,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>