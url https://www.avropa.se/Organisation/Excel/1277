--- v1 (2025-12-03)
+++ v2 (2025-12-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2025-12-04</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2025-12-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>