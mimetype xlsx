--- v2 (2025-12-24)
+++ v3 (2026-01-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2025-12-24</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2026-01-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>