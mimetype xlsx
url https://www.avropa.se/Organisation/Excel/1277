--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2026-01-17</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2026-02-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -439,50 +439,71 @@
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -554,71 +575,50 @@
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2469,528 +2469,528 @@
       </c>
       <c r="E61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>58</v>
+        <v>146</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>61</v>
+        <v>149</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>147</v>
+        <v>59</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>62</v>
+        <v>154</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>148</v>
+        <v>62</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>76</v>
+        <v>155</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>71</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>186</v>
+        <v>73</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>187</v>
+        <v>71</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>188</v>
+        <v>72</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G81" s="0" t="s">
@@ -3015,60 +3015,60 @@
       </c>
       <c r="E82" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>185</v>
+        <v>146</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>188</v>
+        <v>149</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>71</v>
       </c>
       <c r="G84" s="0" t="s">
@@ -3223,60 +3223,60 @@
       </c>
       <c r="E90" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>185</v>
+        <v>146</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>188</v>
+        <v>149</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G92" s="0" t="s">
@@ -3616,51 +3616,51 @@
       </c>
       <c r="F105" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E107" s="0" t="s">
@@ -3668,51 +3668,51 @@
       </c>
       <c r="F107" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E109" s="0" t="s">
@@ -3772,51 +3772,51 @@
       </c>
       <c r="F111" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E113" s="0" t="s">
@@ -3824,51 +3824,51 @@
       </c>
       <c r="F113" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>241</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="0" t="s">
@@ -3928,51 +3928,51 @@
       </c>
       <c r="F117" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E119" s="0" t="s">
@@ -3980,51 +3980,51 @@
       </c>
       <c r="F119" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E121" s="0" t="s">