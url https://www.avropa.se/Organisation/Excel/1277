--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2026-02-06</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2026-02-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>