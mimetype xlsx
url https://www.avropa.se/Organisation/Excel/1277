--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Österåkers" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
-    <t>Giltiga ramavtal för Österåkers kommun 2026-02-26</t>
+    <t>Giltiga ramavtal för Österåkers kommun 2026-03-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>