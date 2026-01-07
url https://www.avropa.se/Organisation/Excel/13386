--- v0 (2025-11-01)
+++ v1 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hässleholm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Hässleholm Miljö AB 2025-11-01</t>
+    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -424,101 +424,101 @@
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
@@ -562,51 +562,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2043,242 +2043,242 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="0" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="0" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>89</v>
+        <v>14</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G55" s="0" t="s">