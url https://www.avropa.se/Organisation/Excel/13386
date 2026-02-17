--- v1 (2026-01-07)
+++ v2 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hässleholm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-01-08</t>
+    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -67,51 +67,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -253,60 +253,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562151588      </t>
+    <t>5562151588</t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562739358      </t>
+    <t>5562739358</t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -394,87 +394,87 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563657039      </t>
+    <t>5563657039</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>