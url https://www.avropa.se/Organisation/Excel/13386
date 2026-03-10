--- v2 (2026-02-17)
+++ v3 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hässleholm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-02-17</t>
+    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -67,51 +67,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t>5562149996</t>
+    <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -253,60 +253,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t>5562151588</t>
+    <t xml:space="preserve">5562151588      </t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t>5562739358</t>
+    <t xml:space="preserve">5562739358      </t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -394,87 +394,87 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t>5566661012</t>
+    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t>5563657039</t>
+    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>