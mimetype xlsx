--- v3 (2026-03-10)
+++ v4 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Hässleholm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-03-10</t>
+    <t>Giltiga ramavtal för Hässleholm Miljö AB 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>