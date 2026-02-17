--- v0 (2026-01-07)
+++ v1 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Skåne Nordväst 2026-01-07</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Skåne Nordväst 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -67,51 +67,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
@@ -307,60 +307,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562151588      </t>
+    <t>5562151588</t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562739358      </t>
+    <t>5562739358</t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -481,96 +481,96 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-3262-2024-003</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563657039      </t>
+    <t>5563657039</t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>