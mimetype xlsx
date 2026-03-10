--- v1 (2026-02-17)
+++ v2 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Skåne Nordväst 2026-02-17</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Skåne Nordväst 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -67,51 +67,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t>5562149996</t>
+    <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
@@ -307,60 +307,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t>5562151588</t>
+    <t xml:space="preserve">5562151588      </t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t>5562739358</t>
+    <t xml:space="preserve">5562739358      </t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -481,96 +481,96 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-5890-2023-007</t>
   </si>
   <si>
     <t>DataCom Group Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563697746      </t>
   </si>
   <si>
     <t>23.3-3262-2024-003</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t>5566661012</t>
+    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t>5563657039</t>
+    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>