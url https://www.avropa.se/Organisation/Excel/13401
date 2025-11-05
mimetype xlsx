--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-10-09</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -163,102 +163,102 @@
   <si>
     <t xml:space="preserve">5561931832      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-4104-2022-010</t>
+  </si>
+  <si>
+    <t>Certego AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565295911      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...43 lines deleted...]
-    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
@@ -770,190 +770,190 @@
       </c>
       <c r="E11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G18" s="0" t="s">