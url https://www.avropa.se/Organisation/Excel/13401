--- v1 (2025-11-05)
+++ v2 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-11-05</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>