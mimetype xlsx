--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-12-02</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-12-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>