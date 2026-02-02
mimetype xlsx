--- v3 (2025-12-22)
+++ v4 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2025-12-22</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>