--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2026-02-02</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>