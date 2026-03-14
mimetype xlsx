--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Syd 2026-02-22</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Syd 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>