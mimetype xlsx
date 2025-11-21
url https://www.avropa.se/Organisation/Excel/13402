--- v0 (2025-10-29)
+++ v1 (2025-11-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2025-10-29</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2025-11-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>