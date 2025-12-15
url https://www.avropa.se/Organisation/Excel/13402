--- v1 (2025-11-21)
+++ v2 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2025-11-21</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2025-12-15</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>