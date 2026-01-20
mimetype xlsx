--- v2 (2025-12-15)
+++ v3 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2025-12-15</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-01-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>