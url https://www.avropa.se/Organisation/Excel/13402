--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-01-21</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-02-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -64,87 +64,87 @@
   <si>
     <t>Aranya AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569633737      </t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Infrastruktur / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>2026-12-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Infrastruktur / Förnyad konkurrensutsättning</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
   <si>
     <t>Qvalia AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567321707      </t>
   </si>
   <si>
     <t>23.3-10150-2021-007</t>
   </si>
   <si>
     <t>Tele2 Sverige Aktiebolag</t>
   </si>
@@ -357,262 +357,262 @@
       </c>
       <c r="E4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="0" t="s">
@@ -620,51 +620,51 @@
       </c>
       <c r="F14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="0" t="s">
@@ -672,51 +672,51 @@
       </c>
       <c r="F16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="0" t="s">
@@ -724,51 +724,51 @@
       </c>
       <c r="F18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="0" t="s">
@@ -776,51 +776,51 @@
       </c>
       <c r="F20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="0" t="s">
@@ -828,51 +828,51 @@
       </c>
       <c r="F22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>