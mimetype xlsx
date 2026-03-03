--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-02-10</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>