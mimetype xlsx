--- v5 (2026-03-03)
+++ v6 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för SYDÖSTRA S" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-03-03</t>
+    <t>Giltiga ramavtal för SYDÖSTRA SKÅNES RÄDDNINGSTJÄNSTFÖRBUND-SÖRF 2026-03-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>